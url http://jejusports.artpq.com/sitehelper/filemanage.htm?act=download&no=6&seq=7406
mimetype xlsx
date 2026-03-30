--- v0 (2025-12-18)
+++ v1 (2026-03-30)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26626"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29822"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\admin\Desktop\2025년 도민체전\02.2025년 참가신청 서식 수정\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\강형철\Desktop\도민체전\60회 참가신청 서식-20260304\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{73BA16FD-E412-4EB0-AD50-9CCC03601731}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2450394D-1CED-4346-992C-13FB78E46A69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{FB6D8064-C845-424A-A124-67DBCEC6E72C}"/>
   </bookViews>
   <sheets>
     <sheet name="읍면동 본부임원 참가신청 등록폼" sheetId="1" r:id="rId1"/>
     <sheet name="대표계정정보 및 코드" sheetId="3" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'읍면동 본부임원 참가신청 등록폼'!$A$2:$I$3</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'읍면동 본부임원 참가신청 등록폼'!$A$1:$I$25</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'읍면동 본부임원 참가신청 등록폼'!$A$1:$I$99</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="123">
   <si>
     <t>종목</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>이름</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>성별</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
@@ -423,115 +423,115 @@
   </si>
   <si>
     <t>단장</t>
   </si>
   <si>
     <t>단장</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>명예단장</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>부단장</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>총감독</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>본부임원</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>제59회 제주특별자치도체육회 도민체육대회 참가신청(읍면동 본부임원) 서식</t>
+    <t>제60회 제주특별자치도체육회 도민체육대회 참가신청(읍면동 본부임원) 서식</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="0_ "/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <b/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="11"/>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <i/>
-      <sz val="11"/>
+      <sz val="14"/>
       <color theme="1"/>
-      <name val="맑은 고딕"/>
-[...6 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -559,84 +559,84 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="표준" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
@@ -920,401 +920,1216 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9AC0AA0-08A5-43EF-AD8A-8CBD8A734839}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I25"/>
+  <dimension ref="A1:I99"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G12" sqref="G12"/>
+      <selection activeCell="E8" sqref="E8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.875" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.375" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.375" style="1" customWidth="1"/>
     <col min="4" max="4" width="7.25" style="1" customWidth="1"/>
     <col min="5" max="5" width="12.625" style="1" customWidth="1"/>
-    <col min="6" max="6" width="23.5" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.625" style="1" customWidth="1"/>
     <col min="7" max="7" width="15.875" style="1" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="34" style="1" customWidth="1"/>
-    <col min="9" max="9" width="14.75" style="1" customWidth="1"/>
+    <col min="8" max="8" width="41.75" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="18" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="31.5" x14ac:dyDescent="0.3">
-      <c r="A1" s="13" t="s">
+      <c r="A1" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="B1" s="13"/>
-[...9 lines deleted...]
-      <c r="A2" s="4" t="s">
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+      <c r="G1" s="5"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
+    </row>
+    <row r="2" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="B2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="4" t="s">
+      <c r="C2" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="4" t="s">
+      <c r="D2" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="4" t="s">
+      <c r="E2" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F2" s="4" t="s">
+      <c r="F2" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="G2" s="4" t="s">
+      <c r="G2" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="H2" s="4" t="s">
+      <c r="H2" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="I2" s="4" t="s">
+      <c r="I2" s="6" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A3" s="11" t="s">
+    <row r="3" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A3" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="B3" s="11" t="s">
+      <c r="B3" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="C3" s="11" t="s">
+      <c r="C3" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="11" t="s">
+      <c r="D3" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E3" s="12">
+      <c r="E3" s="8">
         <v>19800101</v>
       </c>
-      <c r="F3" s="11" t="s">
+      <c r="F3" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="G3" s="11" t="s">
+      <c r="G3" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="H3" s="11" t="s">
+      <c r="H3" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="I3" s="11" t="s">
+      <c r="I3" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
-[...238 lines deleted...]
-      <c r="I25" s="2"/>
+    <row r="4" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A4" s="9"/>
+      <c r="B4" s="9"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+    </row>
+    <row r="5" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A5" s="9"/>
+      <c r="B5" s="9"/>
+      <c r="C5" s="9"/>
+      <c r="D5" s="9"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
+      <c r="H5" s="9"/>
+      <c r="I5" s="9"/>
+    </row>
+    <row r="6" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A6" s="9"/>
+      <c r="B6" s="9"/>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="9"/>
+    </row>
+    <row r="7" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A7" s="9"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="9"/>
+      <c r="D7" s="9"/>
+      <c r="E7" s="10"/>
+      <c r="F7" s="9"/>
+      <c r="G7" s="9"/>
+      <c r="H7" s="9"/>
+      <c r="I7" s="9"/>
+    </row>
+    <row r="8" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A8" s="9"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="9"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="9"/>
+      <c r="H8" s="9"/>
+      <c r="I8" s="9"/>
+    </row>
+    <row r="9" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A9" s="9"/>
+      <c r="B9" s="9"/>
+      <c r="C9" s="9"/>
+      <c r="D9" s="9"/>
+      <c r="E9" s="10"/>
+      <c r="F9" s="9"/>
+      <c r="G9" s="9"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="9"/>
+    </row>
+    <row r="10" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A10" s="9"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="12"/>
+      <c r="D10" s="12"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="9"/>
+      <c r="I10" s="12"/>
+    </row>
+    <row r="11" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A11" s="9"/>
+      <c r="B11" s="12"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="12"/>
+      <c r="E11" s="13"/>
+      <c r="F11" s="12"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+    </row>
+    <row r="12" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A12" s="9"/>
+      <c r="B12" s="12"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="12"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="12"/>
+      <c r="G12" s="12"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12"/>
+    </row>
+    <row r="13" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A13" s="9"/>
+      <c r="B13" s="12"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="12"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="12"/>
+      <c r="G13" s="12"/>
+      <c r="H13" s="12"/>
+      <c r="I13" s="12"/>
+    </row>
+    <row r="14" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A14" s="9"/>
+      <c r="B14" s="12"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="12"/>
+      <c r="E14" s="13"/>
+      <c r="F14" s="12"/>
+      <c r="G14" s="12"/>
+      <c r="H14" s="12"/>
+      <c r="I14" s="12"/>
+    </row>
+    <row r="15" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A15" s="9"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="12"/>
+      <c r="G15" s="12"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+    </row>
+    <row r="16" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A16" s="9"/>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="12"/>
+    </row>
+    <row r="17" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A17" s="9"/>
+      <c r="B17" s="12"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="12"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="12"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="12"/>
+    </row>
+    <row r="18" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A18" s="9"/>
+      <c r="B18" s="12"/>
+      <c r="C18" s="12"/>
+      <c r="D18" s="12"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="11"/>
+      <c r="I18" s="12"/>
+    </row>
+    <row r="19" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A19" s="12"/>
+      <c r="B19" s="12"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="12"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="12"/>
+    </row>
+    <row r="20" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A20" s="12"/>
+      <c r="B20" s="12"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+    </row>
+    <row r="21" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A21" s="12"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+    </row>
+    <row r="22" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A22" s="12"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="12"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="12"/>
+    </row>
+    <row r="23" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A23" s="12"/>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+    </row>
+    <row r="24" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A24" s="12"/>
+      <c r="B24" s="12"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+    </row>
+    <row r="25" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A25" s="12"/>
+      <c r="B25" s="12"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="12"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+    </row>
+    <row r="26" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A26" s="12"/>
+      <c r="B26" s="12"/>
+      <c r="C26" s="12"/>
+      <c r="D26" s="12"/>
+      <c r="E26" s="13"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="12"/>
+      <c r="H26" s="12"/>
+      <c r="I26" s="12"/>
+    </row>
+    <row r="27" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A27" s="12"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+    </row>
+    <row r="28" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A28" s="12"/>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="12"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+    </row>
+    <row r="29" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A29" s="12"/>
+      <c r="B29" s="12"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="13"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+    </row>
+    <row r="30" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A30" s="12"/>
+      <c r="B30" s="12"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="12"/>
+      <c r="E30" s="13"/>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="12"/>
+    </row>
+    <row r="31" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A31" s="12"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12"/>
+      <c r="E31" s="13"/>
+      <c r="F31" s="12"/>
+      <c r="G31" s="12"/>
+      <c r="H31" s="12"/>
+      <c r="I31" s="12"/>
+    </row>
+    <row r="32" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A32" s="12"/>
+      <c r="B32" s="12"/>
+      <c r="C32" s="12"/>
+      <c r="D32" s="12"/>
+      <c r="E32" s="13"/>
+      <c r="F32" s="12"/>
+      <c r="G32" s="12"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="12"/>
+    </row>
+    <row r="33" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A33" s="12"/>
+      <c r="B33" s="12"/>
+      <c r="C33" s="12"/>
+      <c r="D33" s="12"/>
+      <c r="E33" s="13"/>
+      <c r="F33" s="12"/>
+      <c r="G33" s="12"/>
+      <c r="H33" s="12"/>
+      <c r="I33" s="12"/>
+    </row>
+    <row r="34" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A34" s="12"/>
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="12"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="12"/>
+      <c r="G34" s="12"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="12"/>
+    </row>
+    <row r="35" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A35" s="12"/>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="12"/>
+      <c r="E35" s="13"/>
+      <c r="F35" s="12"/>
+      <c r="G35" s="12"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="12"/>
+    </row>
+    <row r="36" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A36" s="12"/>
+      <c r="B36" s="12"/>
+      <c r="C36" s="12"/>
+      <c r="D36" s="12"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="12"/>
+      <c r="G36" s="12"/>
+      <c r="H36" s="12"/>
+      <c r="I36" s="12"/>
+    </row>
+    <row r="37" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A37" s="12"/>
+      <c r="B37" s="12"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="12"/>
+      <c r="E37" s="13"/>
+      <c r="F37" s="12"/>
+      <c r="G37" s="12"/>
+      <c r="H37" s="12"/>
+      <c r="I37" s="12"/>
+    </row>
+    <row r="38" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A38" s="12"/>
+      <c r="B38" s="12"/>
+      <c r="C38" s="12"/>
+      <c r="D38" s="12"/>
+      <c r="E38" s="13"/>
+      <c r="F38" s="12"/>
+      <c r="G38" s="12"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="12"/>
+    </row>
+    <row r="39" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A39" s="12"/>
+      <c r="B39" s="12"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="12"/>
+      <c r="E39" s="13"/>
+      <c r="F39" s="12"/>
+      <c r="G39" s="12"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="12"/>
+    </row>
+    <row r="40" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A40" s="12"/>
+      <c r="B40" s="12"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="12"/>
+      <c r="E40" s="13"/>
+      <c r="F40" s="12"/>
+      <c r="G40" s="12"/>
+      <c r="H40" s="12"/>
+      <c r="I40" s="12"/>
+    </row>
+    <row r="41" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A41" s="12"/>
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="12"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="12"/>
+      <c r="G41" s="12"/>
+      <c r="H41" s="12"/>
+      <c r="I41" s="12"/>
+    </row>
+    <row r="42" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A42" s="12"/>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="12"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="12"/>
+      <c r="G42" s="12"/>
+      <c r="H42" s="12"/>
+      <c r="I42" s="12"/>
+    </row>
+    <row r="43" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A43" s="12"/>
+      <c r="B43" s="12"/>
+      <c r="C43" s="12"/>
+      <c r="D43" s="12"/>
+      <c r="E43" s="13"/>
+      <c r="F43" s="12"/>
+      <c r="G43" s="12"/>
+      <c r="H43" s="12"/>
+      <c r="I43" s="12"/>
+    </row>
+    <row r="44" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A44" s="12"/>
+      <c r="B44" s="12"/>
+      <c r="C44" s="12"/>
+      <c r="D44" s="12"/>
+      <c r="E44" s="13"/>
+      <c r="F44" s="12"/>
+      <c r="G44" s="12"/>
+      <c r="H44" s="12"/>
+      <c r="I44" s="12"/>
+    </row>
+    <row r="45" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A45" s="12"/>
+      <c r="B45" s="12"/>
+      <c r="C45" s="12"/>
+      <c r="D45" s="12"/>
+      <c r="E45" s="13"/>
+      <c r="F45" s="12"/>
+      <c r="G45" s="12"/>
+      <c r="H45" s="12"/>
+      <c r="I45" s="12"/>
+    </row>
+    <row r="46" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A46" s="12"/>
+      <c r="B46" s="12"/>
+      <c r="C46" s="12"/>
+      <c r="D46" s="12"/>
+      <c r="E46" s="13"/>
+      <c r="F46" s="12"/>
+      <c r="G46" s="12"/>
+      <c r="H46" s="12"/>
+      <c r="I46" s="12"/>
+    </row>
+    <row r="47" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A47" s="12"/>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="13"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+    </row>
+    <row r="48" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A48" s="12"/>
+      <c r="B48" s="12"/>
+      <c r="C48" s="12"/>
+      <c r="D48" s="12"/>
+      <c r="E48" s="13"/>
+      <c r="F48" s="12"/>
+      <c r="G48" s="12"/>
+      <c r="H48" s="12"/>
+      <c r="I48" s="12"/>
+    </row>
+    <row r="49" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A49" s="12"/>
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="12"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="12"/>
+      <c r="G49" s="12"/>
+      <c r="H49" s="12"/>
+      <c r="I49" s="12"/>
+    </row>
+    <row r="50" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A50" s="12"/>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="12"/>
+      <c r="G50" s="12"/>
+      <c r="H50" s="12"/>
+      <c r="I50" s="12"/>
+    </row>
+    <row r="51" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A51" s="12"/>
+      <c r="B51" s="12"/>
+      <c r="C51" s="12"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="13"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+    </row>
+    <row r="52" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A52" s="12"/>
+      <c r="B52" s="12"/>
+      <c r="C52" s="12"/>
+      <c r="D52" s="12"/>
+      <c r="E52" s="13"/>
+      <c r="F52" s="12"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+      <c r="I52" s="12"/>
+    </row>
+    <row r="53" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A53" s="12"/>
+      <c r="B53" s="12"/>
+      <c r="C53" s="12"/>
+      <c r="D53" s="12"/>
+      <c r="E53" s="13"/>
+      <c r="F53" s="12"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="12"/>
+      <c r="I53" s="12"/>
+    </row>
+    <row r="54" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A54" s="12"/>
+      <c r="B54" s="12"/>
+      <c r="C54" s="12"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="13"/>
+      <c r="F54" s="12"/>
+      <c r="G54" s="12"/>
+      <c r="H54" s="12"/>
+      <c r="I54" s="12"/>
+    </row>
+    <row r="55" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A55" s="12"/>
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="12"/>
+      <c r="E55" s="13"/>
+      <c r="F55" s="12"/>
+      <c r="G55" s="12"/>
+      <c r="H55" s="12"/>
+      <c r="I55" s="12"/>
+    </row>
+    <row r="56" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A56" s="12"/>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="12"/>
+      <c r="E56" s="13"/>
+      <c r="F56" s="12"/>
+      <c r="G56" s="12"/>
+      <c r="H56" s="12"/>
+      <c r="I56" s="12"/>
+    </row>
+    <row r="57" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A57" s="12"/>
+      <c r="B57" s="12"/>
+      <c r="C57" s="12"/>
+      <c r="D57" s="12"/>
+      <c r="E57" s="13"/>
+      <c r="F57" s="12"/>
+      <c r="G57" s="12"/>
+      <c r="H57" s="12"/>
+      <c r="I57" s="12"/>
+    </row>
+    <row r="58" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A58" s="12"/>
+      <c r="B58" s="12"/>
+      <c r="C58" s="12"/>
+      <c r="D58" s="12"/>
+      <c r="E58" s="13"/>
+      <c r="F58" s="12"/>
+      <c r="G58" s="12"/>
+      <c r="H58" s="12"/>
+      <c r="I58" s="12"/>
+    </row>
+    <row r="59" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A59" s="12"/>
+      <c r="B59" s="12"/>
+      <c r="C59" s="12"/>
+      <c r="D59" s="12"/>
+      <c r="E59" s="13"/>
+      <c r="F59" s="12"/>
+      <c r="G59" s="12"/>
+      <c r="H59" s="12"/>
+      <c r="I59" s="12"/>
+    </row>
+    <row r="60" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A60" s="12"/>
+      <c r="B60" s="12"/>
+      <c r="C60" s="12"/>
+      <c r="D60" s="12"/>
+      <c r="E60" s="13"/>
+      <c r="F60" s="12"/>
+      <c r="G60" s="12"/>
+      <c r="H60" s="12"/>
+      <c r="I60" s="12"/>
+    </row>
+    <row r="61" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A61" s="12"/>
+      <c r="B61" s="12"/>
+      <c r="C61" s="12"/>
+      <c r="D61" s="12"/>
+      <c r="E61" s="13"/>
+      <c r="F61" s="12"/>
+      <c r="G61" s="12"/>
+      <c r="H61" s="12"/>
+      <c r="I61" s="12"/>
+    </row>
+    <row r="62" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A62" s="12"/>
+      <c r="B62" s="12"/>
+      <c r="C62" s="12"/>
+      <c r="D62" s="12"/>
+      <c r="E62" s="13"/>
+      <c r="F62" s="12"/>
+      <c r="G62" s="12"/>
+      <c r="H62" s="12"/>
+      <c r="I62" s="12"/>
+    </row>
+    <row r="63" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A63" s="12"/>
+      <c r="B63" s="12"/>
+      <c r="C63" s="12"/>
+      <c r="D63" s="12"/>
+      <c r="E63" s="13"/>
+      <c r="F63" s="12"/>
+      <c r="G63" s="12"/>
+      <c r="H63" s="12"/>
+      <c r="I63" s="12"/>
+    </row>
+    <row r="64" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A64" s="12"/>
+      <c r="B64" s="12"/>
+      <c r="C64" s="12"/>
+      <c r="D64" s="12"/>
+      <c r="E64" s="13"/>
+      <c r="F64" s="12"/>
+      <c r="G64" s="12"/>
+      <c r="H64" s="12"/>
+      <c r="I64" s="12"/>
+    </row>
+    <row r="65" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A65" s="12"/>
+      <c r="B65" s="12"/>
+      <c r="C65" s="12"/>
+      <c r="D65" s="12"/>
+      <c r="E65" s="13"/>
+      <c r="F65" s="12"/>
+      <c r="G65" s="12"/>
+      <c r="H65" s="12"/>
+      <c r="I65" s="12"/>
+    </row>
+    <row r="66" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A66" s="12"/>
+      <c r="B66" s="12"/>
+      <c r="C66" s="12"/>
+      <c r="D66" s="12"/>
+      <c r="E66" s="13"/>
+      <c r="F66" s="12"/>
+      <c r="G66" s="12"/>
+      <c r="H66" s="12"/>
+      <c r="I66" s="12"/>
+    </row>
+    <row r="67" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A67" s="12"/>
+      <c r="B67" s="12"/>
+      <c r="C67" s="12"/>
+      <c r="D67" s="12"/>
+      <c r="E67" s="13"/>
+      <c r="F67" s="12"/>
+      <c r="G67" s="12"/>
+      <c r="H67" s="12"/>
+      <c r="I67" s="12"/>
+    </row>
+    <row r="68" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A68" s="12"/>
+      <c r="B68" s="12"/>
+      <c r="C68" s="12"/>
+      <c r="D68" s="12"/>
+      <c r="E68" s="13"/>
+      <c r="F68" s="12"/>
+      <c r="G68" s="12"/>
+      <c r="H68" s="12"/>
+      <c r="I68" s="12"/>
+    </row>
+    <row r="69" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A69" s="12"/>
+      <c r="B69" s="12"/>
+      <c r="C69" s="12"/>
+      <c r="D69" s="12"/>
+      <c r="E69" s="13"/>
+      <c r="F69" s="12"/>
+      <c r="G69" s="12"/>
+      <c r="H69" s="12"/>
+      <c r="I69" s="12"/>
+    </row>
+    <row r="70" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A70" s="12"/>
+      <c r="B70" s="12"/>
+      <c r="C70" s="12"/>
+      <c r="D70" s="12"/>
+      <c r="E70" s="13"/>
+      <c r="F70" s="12"/>
+      <c r="G70" s="12"/>
+      <c r="H70" s="12"/>
+      <c r="I70" s="12"/>
+    </row>
+    <row r="71" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A71" s="12"/>
+      <c r="B71" s="12"/>
+      <c r="C71" s="12"/>
+      <c r="D71" s="12"/>
+      <c r="E71" s="13"/>
+      <c r="F71" s="12"/>
+      <c r="G71" s="12"/>
+      <c r="H71" s="12"/>
+      <c r="I71" s="12"/>
+    </row>
+    <row r="72" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A72" s="12"/>
+      <c r="B72" s="12"/>
+      <c r="C72" s="12"/>
+      <c r="D72" s="12"/>
+      <c r="E72" s="13"/>
+      <c r="F72" s="12"/>
+      <c r="G72" s="12"/>
+      <c r="H72" s="12"/>
+      <c r="I72" s="12"/>
+    </row>
+    <row r="73" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A73" s="12"/>
+      <c r="B73" s="12"/>
+      <c r="C73" s="12"/>
+      <c r="D73" s="12"/>
+      <c r="E73" s="13"/>
+      <c r="F73" s="12"/>
+      <c r="G73" s="12"/>
+      <c r="H73" s="12"/>
+      <c r="I73" s="12"/>
+    </row>
+    <row r="74" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A74" s="12"/>
+      <c r="B74" s="12"/>
+      <c r="C74" s="12"/>
+      <c r="D74" s="12"/>
+      <c r="E74" s="13"/>
+      <c r="F74" s="12"/>
+      <c r="G74" s="12"/>
+      <c r="H74" s="12"/>
+      <c r="I74" s="12"/>
+    </row>
+    <row r="75" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A75" s="12"/>
+      <c r="B75" s="12"/>
+      <c r="C75" s="12"/>
+      <c r="D75" s="12"/>
+      <c r="E75" s="13"/>
+      <c r="F75" s="12"/>
+      <c r="G75" s="12"/>
+      <c r="H75" s="12"/>
+      <c r="I75" s="12"/>
+    </row>
+    <row r="76" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A76" s="12"/>
+      <c r="B76" s="12"/>
+      <c r="C76" s="12"/>
+      <c r="D76" s="12"/>
+      <c r="E76" s="13"/>
+      <c r="F76" s="12"/>
+      <c r="G76" s="12"/>
+      <c r="H76" s="12"/>
+      <c r="I76" s="12"/>
+    </row>
+    <row r="77" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A77" s="12"/>
+      <c r="B77" s="12"/>
+      <c r="C77" s="12"/>
+      <c r="D77" s="12"/>
+      <c r="E77" s="13"/>
+      <c r="F77" s="12"/>
+      <c r="G77" s="12"/>
+      <c r="H77" s="12"/>
+      <c r="I77" s="12"/>
+    </row>
+    <row r="78" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A78" s="12"/>
+      <c r="B78" s="12"/>
+      <c r="C78" s="12"/>
+      <c r="D78" s="12"/>
+      <c r="E78" s="13"/>
+      <c r="F78" s="12"/>
+      <c r="G78" s="12"/>
+      <c r="H78" s="12"/>
+      <c r="I78" s="12"/>
+    </row>
+    <row r="79" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A79" s="12"/>
+      <c r="B79" s="12"/>
+      <c r="C79" s="12"/>
+      <c r="D79" s="12"/>
+      <c r="E79" s="13"/>
+      <c r="F79" s="12"/>
+      <c r="G79" s="12"/>
+      <c r="H79" s="12"/>
+      <c r="I79" s="12"/>
+    </row>
+    <row r="80" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A80" s="12"/>
+      <c r="B80" s="12"/>
+      <c r="C80" s="12"/>
+      <c r="D80" s="12"/>
+      <c r="E80" s="13"/>
+      <c r="F80" s="12"/>
+      <c r="G80" s="12"/>
+      <c r="H80" s="12"/>
+      <c r="I80" s="12"/>
+    </row>
+    <row r="81" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A81" s="12"/>
+      <c r="B81" s="12"/>
+      <c r="C81" s="12"/>
+      <c r="D81" s="12"/>
+      <c r="E81" s="13"/>
+      <c r="F81" s="12"/>
+      <c r="G81" s="12"/>
+      <c r="H81" s="12"/>
+      <c r="I81" s="12"/>
+    </row>
+    <row r="82" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A82" s="12"/>
+      <c r="B82" s="12"/>
+      <c r="C82" s="12"/>
+      <c r="D82" s="12"/>
+      <c r="E82" s="13"/>
+      <c r="F82" s="12"/>
+      <c r="G82" s="12"/>
+      <c r="H82" s="12"/>
+      <c r="I82" s="12"/>
+    </row>
+    <row r="83" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A83" s="12"/>
+      <c r="B83" s="12"/>
+      <c r="C83" s="12"/>
+      <c r="D83" s="12"/>
+      <c r="E83" s="13"/>
+      <c r="F83" s="12"/>
+      <c r="G83" s="12"/>
+      <c r="H83" s="12"/>
+      <c r="I83" s="12"/>
+    </row>
+    <row r="84" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A84" s="12"/>
+      <c r="B84" s="12"/>
+      <c r="C84" s="12"/>
+      <c r="D84" s="12"/>
+      <c r="E84" s="13"/>
+      <c r="F84" s="12"/>
+      <c r="G84" s="12"/>
+      <c r="H84" s="12"/>
+      <c r="I84" s="12"/>
+    </row>
+    <row r="85" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A85" s="12"/>
+      <c r="B85" s="12"/>
+      <c r="C85" s="12"/>
+      <c r="D85" s="12"/>
+      <c r="E85" s="13"/>
+      <c r="F85" s="12"/>
+      <c r="G85" s="12"/>
+      <c r="H85" s="12"/>
+      <c r="I85" s="12"/>
+    </row>
+    <row r="86" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A86" s="12"/>
+      <c r="B86" s="12"/>
+      <c r="C86" s="12"/>
+      <c r="D86" s="12"/>
+      <c r="E86" s="13"/>
+      <c r="F86" s="12"/>
+      <c r="G86" s="12"/>
+      <c r="H86" s="12"/>
+      <c r="I86" s="12"/>
+    </row>
+    <row r="87" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A87" s="12"/>
+      <c r="B87" s="12"/>
+      <c r="C87" s="12"/>
+      <c r="D87" s="12"/>
+      <c r="E87" s="13"/>
+      <c r="F87" s="12"/>
+      <c r="G87" s="12"/>
+      <c r="H87" s="12"/>
+      <c r="I87" s="12"/>
+    </row>
+    <row r="88" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A88" s="12"/>
+      <c r="B88" s="12"/>
+      <c r="C88" s="12"/>
+      <c r="D88" s="12"/>
+      <c r="E88" s="13"/>
+      <c r="F88" s="12"/>
+      <c r="G88" s="12"/>
+      <c r="H88" s="12"/>
+      <c r="I88" s="12"/>
+    </row>
+    <row r="89" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A89" s="12"/>
+      <c r="B89" s="12"/>
+      <c r="C89" s="12"/>
+      <c r="D89" s="12"/>
+      <c r="E89" s="13"/>
+      <c r="F89" s="12"/>
+      <c r="G89" s="12"/>
+      <c r="H89" s="12"/>
+      <c r="I89" s="12"/>
+    </row>
+    <row r="90" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A90" s="12"/>
+      <c r="B90" s="12"/>
+      <c r="C90" s="12"/>
+      <c r="D90" s="12"/>
+      <c r="E90" s="13"/>
+      <c r="F90" s="12"/>
+      <c r="G90" s="12"/>
+      <c r="H90" s="12"/>
+      <c r="I90" s="12"/>
+    </row>
+    <row r="91" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A91" s="12"/>
+      <c r="B91" s="12"/>
+      <c r="C91" s="12"/>
+      <c r="D91" s="12"/>
+      <c r="E91" s="13"/>
+      <c r="F91" s="12"/>
+      <c r="G91" s="12"/>
+      <c r="H91" s="12"/>
+      <c r="I91" s="12"/>
+    </row>
+    <row r="92" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A92" s="12"/>
+      <c r="B92" s="12"/>
+      <c r="C92" s="12"/>
+      <c r="D92" s="12"/>
+      <c r="E92" s="13"/>
+      <c r="F92" s="12"/>
+      <c r="G92" s="12"/>
+      <c r="H92" s="12"/>
+      <c r="I92" s="12"/>
+    </row>
+    <row r="93" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A93" s="12"/>
+      <c r="B93" s="12"/>
+      <c r="C93" s="12"/>
+      <c r="D93" s="12"/>
+      <c r="E93" s="13"/>
+      <c r="F93" s="12"/>
+      <c r="G93" s="12"/>
+      <c r="H93" s="12"/>
+      <c r="I93" s="12"/>
+    </row>
+    <row r="94" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A94" s="12"/>
+      <c r="B94" s="12"/>
+      <c r="C94" s="12"/>
+      <c r="D94" s="12"/>
+      <c r="E94" s="13"/>
+      <c r="F94" s="12"/>
+      <c r="G94" s="12"/>
+      <c r="H94" s="12"/>
+      <c r="I94" s="12"/>
+    </row>
+    <row r="95" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A95" s="12"/>
+      <c r="B95" s="12"/>
+      <c r="C95" s="12"/>
+      <c r="D95" s="12"/>
+      <c r="E95" s="13"/>
+      <c r="F95" s="12"/>
+      <c r="G95" s="12"/>
+      <c r="H95" s="12"/>
+      <c r="I95" s="12"/>
+    </row>
+    <row r="96" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A96" s="12"/>
+      <c r="B96" s="12"/>
+      <c r="C96" s="12"/>
+      <c r="D96" s="12"/>
+      <c r="E96" s="13"/>
+      <c r="F96" s="12"/>
+      <c r="G96" s="12"/>
+      <c r="H96" s="12"/>
+      <c r="I96" s="12"/>
+    </row>
+    <row r="97" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A97" s="12"/>
+      <c r="B97" s="12"/>
+      <c r="C97" s="12"/>
+      <c r="D97" s="12"/>
+      <c r="E97" s="13"/>
+      <c r="F97" s="12"/>
+      <c r="G97" s="12"/>
+      <c r="H97" s="12"/>
+      <c r="I97" s="12"/>
+    </row>
+    <row r="98" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A98" s="12"/>
+      <c r="B98" s="12"/>
+      <c r="C98" s="12"/>
+      <c r="D98" s="12"/>
+      <c r="E98" s="13"/>
+      <c r="F98" s="12"/>
+      <c r="G98" s="12"/>
+      <c r="H98" s="12"/>
+      <c r="I98" s="12"/>
+    </row>
+    <row r="99" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A99" s="12"/>
+      <c r="B99" s="12"/>
+      <c r="C99" s="12"/>
+      <c r="D99" s="12"/>
+      <c r="E99" s="13"/>
+      <c r="F99" s="12"/>
+      <c r="G99" s="12"/>
+      <c r="H99" s="12"/>
+      <c r="I99" s="12"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:I3" xr:uid="{F9AC0AA0-08A5-43EF-AD8A-8CBD8A734839}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E3:E1048576" xr:uid="{F4B21353-90DE-456F-A10E-DA4EE12A4FCA}">
       <formula1>8</formula1>
       <formula2>8</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I3:I1048576" xr:uid="{F9C54389-9BA6-44D5-9876-AC80676323B4}">
       <formula1>11</formula1>
       <formula2>11</formula2>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="82" fitToHeight="100" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="77" fitToHeight="100" orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8FCB8232-F11E-42B7-B90F-CA1962CD632D}">
           <x14:formula1>
             <xm:f>'대표계정정보 및 코드'!$D$2:$D$6</xm:f>
           </x14:formula1>
           <xm:sqref>B3:B1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{59BD01A2-D975-4D3B-A1A1-CCF12EA44503}">
           <x14:formula1>
             <xm:f>'대표계정정보 및 코드'!$E$2:$E$3</xm:f>
           </x14:formula1>
           <xm:sqref>D3:D1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{96D35C63-AC83-49B1-B711-73DBC29F12BD}">
           <x14:formula1>
             <xm:f>'대표계정정보 및 코드'!$F$2:$F$7</xm:f>
           </x14:formula1>
           <xm:sqref>F3:F1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{958A95F1-78E9-41A2-9807-A9BC7F9537E7}">
           <x14:formula1>
             <xm:f>'대표계정정보 및 코드'!$A$2:$A$44</xm:f>
           </x14:formula1>
@@ -1322,455 +2137,455 @@
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57182D7D-DD94-4673-9BFA-206E5980D566}">
   <dimension ref="A1:G54"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F28" sqref="F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="31.75" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18.625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="5.25" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.75" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.75" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A1" s="7" t="s">
+      <c r="A1" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C1" s="9" t="s">
+      <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="9" t="s">
+      <c r="D1" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="E1" s="9" t="s">
+      <c r="E1" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="F1" s="9" t="s">
+      <c r="F1" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="9" t="s">
+      <c r="G1" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A2" s="8" t="s">
+      <c r="A2" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C2" t="s">
         <v>64</v>
       </c>
       <c r="D2" t="s">
         <v>117</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
       <c r="F2" t="s">
         <v>113</v>
       </c>
       <c r="G2">
         <v>85</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A3" s="8" t="s">
+      <c r="A3" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>118</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="G3">
         <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A4" s="8" t="s">
+      <c r="A4" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>119</v>
       </c>
       <c r="G4">
         <v>95</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A5" s="8" t="s">
+      <c r="A5" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>120</v>
       </c>
       <c r="G5">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A6" s="8" t="s">
+      <c r="A6" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>121</v>
       </c>
       <c r="G6">
         <v>105</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A7" s="8" t="s">
+      <c r="A7" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="G7">
         <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A8" s="8" t="s">
+      <c r="A8" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="G8">
         <v>115</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A9" s="8" t="s">
+      <c r="A9" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="G9">
         <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A10" s="8" t="s">
+      <c r="A10" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A11" s="8" t="s">
+      <c r="A11" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A12" s="8" t="s">
+      <c r="A12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A13" s="8" t="s">
+      <c r="A13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A14" s="8" t="s">
+      <c r="A14" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A15" s="8" t="s">
+      <c r="A15" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A16" s="8" t="s">
+      <c r="A16" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A17" s="8" t="s">
+      <c r="A17" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C17" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A18" s="8" t="s">
+      <c r="A18" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C18" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A19" s="8" t="s">
+      <c r="A19" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A20" s="8" t="s">
+      <c r="A20" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A21" s="8" t="s">
+      <c r="A21" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C21" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A22" s="8" t="s">
+      <c r="A22" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A23" s="8" t="s">
+      <c r="A23" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C23" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A24" s="8" t="s">
+      <c r="A24" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C24" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A25" s="8" t="s">
+      <c r="A25" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A26" s="8" t="s">
+      <c r="A26" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C26" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A27" s="8" t="s">
+      <c r="A27" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C27" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A28" s="8" t="s">
+      <c r="A28" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A29" s="8" t="s">
+      <c r="A29" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C29" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A30" s="8" t="s">
+      <c r="A30" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C30" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A31" s="8" t="s">
+      <c r="A31" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C31" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A32" s="8" t="s">
+      <c r="A32" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C32" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A33" s="8" t="s">
+      <c r="A33" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C33" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A34" s="8" t="s">
+      <c r="A34" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C34" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A35" s="8" t="s">
+      <c r="A35" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C35" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A36" s="8" t="s">
+      <c r="A36" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C36" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A37" s="8" t="s">
+      <c r="A37" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C37" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A38" s="8" t="s">
+      <c r="A38" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C38" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A39" s="8" t="s">
+      <c r="A39" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C39" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A40" s="8" t="s">
+      <c r="A40" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C40" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A41" s="8" t="s">
+      <c r="A41" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C41" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A42" s="8" t="s">
+      <c r="A42" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C42" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A43" s="8" t="s">
+      <c r="A43" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C43" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A44" s="8" t="s">
+      <c r="A44" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C44" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.3">
       <c r="C45" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.3">
       <c r="C46" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.3">
       <c r="C47" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.3">
       <c r="C48" t="s">
         <v>60</v>
       </c>