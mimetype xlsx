--- v0 (2025-12-15)
+++ v1 (2026-03-30)
@@ -1,72 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26626"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29822"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\admin\Desktop\2025년 도민체전\02.2025년 참가신청 서식 수정\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\25.2026년 01월-07월 사업\18.유지보수-2026 도민체전관리시스템 홈페이지 유지보수\04.유지보수\60회 참가신청 서식-20260304\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{10A2F6A9-D519-463D-BA34-D16C735EADD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C4CBEE99-D0E5-4414-A0F3-BD32254DF7D8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{A16E7E76-0AD2-4A9E-B2D4-F19CE0BC9E47}"/>
   </bookViews>
   <sheets>
     <sheet name="읍면동 선수참가신청 양식" sheetId="1" r:id="rId1"/>
     <sheet name="01.읍면동 대표계정목록" sheetId="6" state="hidden" r:id="rId2"/>
     <sheet name="02.2025 읍면동 종목분류표" sheetId="5" state="hidden" r:id="rId3"/>
     <sheet name="03.성별단복사이즈" sheetId="7" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'02.2025 읍면동 종목분류표'!$A$1:$D$136</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'02.2025 읍면동 종목분류표'!$A$1:$D$85</definedName>
     <definedName name="검도_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="검도_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="검도_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="근대3종_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="근대3종_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="근대3종_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="넷볼_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="넷볼_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="넷볼_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="농구_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="농구_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="농구_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="댄스스포츠_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="댄스스포츠_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="댄스스포츠_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="레슬링_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="레슬링_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="레슬링_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="롤러스포츠_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="롤러스포츠_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="롤러스포츠_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="바둑_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="바둑_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="바둑_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="배구_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
@@ -146,185 +147,136 @@
     <definedName name="테니스_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="티볼_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="티볼_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="티볼_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="풋살_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="풋살_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="풋살_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="플로어볼_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="플로어볼_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="플로어볼_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="핸드볼_부별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="핸드볼_세부종목">'02.2025 읍면동 종목분류표'!#REF!</definedName>
     <definedName name="핸드볼_종별">'02.2025 읍면동 종목분류표'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E136" i="5" l="1"/>
-[...48 lines deleted...]
-  <c r="E87" i="5"/>
+  <c r="E87" i="5" l="1"/>
   <c r="E86" i="5"/>
+  <c r="E2" i="5"/>
+  <c r="E3" i="5"/>
+  <c r="E4" i="5"/>
+  <c r="E5" i="5"/>
+  <c r="E6" i="5"/>
+  <c r="E7" i="5"/>
+  <c r="E8" i="5"/>
+  <c r="E9" i="5"/>
+  <c r="E10" i="5"/>
+  <c r="E11" i="5"/>
+  <c r="E12" i="5"/>
+  <c r="E13" i="5"/>
+  <c r="E14" i="5"/>
+  <c r="E15" i="5"/>
+  <c r="E16" i="5"/>
+  <c r="E17" i="5"/>
+  <c r="E18" i="5"/>
+  <c r="E19" i="5"/>
+  <c r="E20" i="5"/>
+  <c r="E21" i="5"/>
+  <c r="E22" i="5"/>
+  <c r="E23" i="5"/>
+  <c r="E24" i="5"/>
+  <c r="E25" i="5"/>
+  <c r="E26" i="5"/>
+  <c r="E27" i="5"/>
+  <c r="E28" i="5"/>
+  <c r="E29" i="5"/>
+  <c r="E30" i="5"/>
+  <c r="E31" i="5"/>
+  <c r="E32" i="5"/>
+  <c r="E33" i="5"/>
+  <c r="E34" i="5"/>
+  <c r="E35" i="5"/>
+  <c r="E36" i="5"/>
+  <c r="E37" i="5"/>
+  <c r="E38" i="5"/>
+  <c r="E39" i="5"/>
+  <c r="E40" i="5"/>
+  <c r="E41" i="5"/>
+  <c r="E42" i="5"/>
+  <c r="E43" i="5"/>
+  <c r="E44" i="5"/>
+  <c r="E45" i="5"/>
+  <c r="E46" i="5"/>
+  <c r="E47" i="5"/>
+  <c r="E48" i="5"/>
+  <c r="E49" i="5"/>
+  <c r="E50" i="5"/>
+  <c r="E51" i="5"/>
+  <c r="E52" i="5"/>
+  <c r="E53" i="5"/>
+  <c r="E54" i="5"/>
+  <c r="E55" i="5"/>
+  <c r="E56" i="5"/>
+  <c r="E57" i="5"/>
+  <c r="E58" i="5"/>
+  <c r="E59" i="5"/>
+  <c r="E60" i="5"/>
+  <c r="E61" i="5"/>
+  <c r="E62" i="5"/>
+  <c r="E63" i="5"/>
+  <c r="E64" i="5"/>
+  <c r="E65" i="5"/>
+  <c r="E66" i="5"/>
+  <c r="E67" i="5"/>
+  <c r="E68" i="5"/>
+  <c r="E69" i="5"/>
+  <c r="E70" i="5"/>
+  <c r="E71" i="5"/>
+  <c r="E72" i="5"/>
+  <c r="E73" i="5"/>
+  <c r="E74" i="5"/>
+  <c r="E75" i="5"/>
+  <c r="E76" i="5"/>
+  <c r="E77" i="5"/>
+  <c r="E78" i="5"/>
+  <c r="E79" i="5"/>
+  <c r="E80" i="5"/>
+  <c r="E81" i="5"/>
+  <c r="E82" i="5"/>
+  <c r="E83" i="5"/>
+  <c r="E84" i="5"/>
   <c r="E85" i="5"/>
-  <c r="E84" i="5"/>
-[...81 lines deleted...]
-  <c r="E2" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>강형철</author>
   </authors>
   <commentList>
     <comment ref="A3" authorId="0" shapeId="0" xr:uid="{695CA868-B54E-4F0E-93C5-51685AA7A72A}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="돋움"/>
             <family val="3"/>
             <charset val="129"/>
           </rPr>
           <t>박스에서</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
@@ -523,51 +475,51 @@
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve"> </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="돋움"/>
             <family val="3"/>
             <charset val="129"/>
           </rPr>
           <t>선택하세요</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="610" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="165">
   <si>
     <t>대표계정정보</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>이름</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>성별</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>생년월일</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>주소</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>남</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
@@ -577,924 +529,760 @@
     <t>축구</t>
   </si>
   <si>
     <t>탁구</t>
   </si>
   <si>
     <t>배구</t>
   </si>
   <si>
     <t>씨름</t>
   </si>
   <si>
     <t>수영</t>
   </si>
   <si>
     <t>야구소프트볼</t>
   </si>
   <si>
     <t>배드민턴</t>
   </si>
   <si>
     <t>볼링</t>
   </si>
   <si>
     <t>종목</t>
-    <phoneticPr fontId="7" type="noConversion"/>
+    <phoneticPr fontId="6" type="noConversion"/>
   </si>
   <si>
     <t>종별</t>
-    <phoneticPr fontId="7" type="noConversion"/>
+    <phoneticPr fontId="6" type="noConversion"/>
   </si>
   <si>
     <t>부별</t>
-    <phoneticPr fontId="7" type="noConversion"/>
+    <phoneticPr fontId="6" type="noConversion"/>
   </si>
   <si>
     <t>세부종목</t>
   </si>
   <si>
     <t>연락처</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>홍길동</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>제주특별자치도 제주시 00동</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>여</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>01012345678</t>
   </si>
   <si>
     <t>남</t>
   </si>
   <si>
     <t>2025종목분류표</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 개인전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 단체전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 단체전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 개인전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>테니스</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 2인조전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 2인조전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 개인종합</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 마스터즈</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 개인종합</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 마스터즈</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>한림읍</t>
+  </si>
+  <si>
+    <t>애월읍</t>
+  </si>
+  <si>
+    <t>구좌읍</t>
+  </si>
+  <si>
+    <t>조천읍</t>
+  </si>
+  <si>
+    <t>한경면</t>
+  </si>
+  <si>
+    <t>추자면</t>
+  </si>
+  <si>
+    <t>우도면</t>
+  </si>
+  <si>
+    <t>일도1동</t>
+  </si>
+  <si>
+    <t>일도2동</t>
+  </si>
+  <si>
+    <t>이도1동</t>
+  </si>
+  <si>
+    <t>이도2동</t>
+  </si>
+  <si>
+    <t>삼도1동</t>
+  </si>
+  <si>
+    <t>용담1동</t>
+  </si>
+  <si>
+    <t>용담2동</t>
+  </si>
+  <si>
+    <t>건입동</t>
+  </si>
+  <si>
+    <t>화북동</t>
+  </si>
+  <si>
+    <t>삼양동</t>
+  </si>
+  <si>
+    <t>봉개동</t>
+  </si>
+  <si>
+    <t>오라동</t>
+  </si>
+  <si>
+    <t>연동</t>
+  </si>
+  <si>
+    <t>노형동</t>
+  </si>
+  <si>
+    <t>외도동</t>
+  </si>
+  <si>
+    <t>도두동</t>
+  </si>
+  <si>
+    <t>대정읍</t>
+  </si>
+  <si>
+    <t>남원읍</t>
+  </si>
+  <si>
+    <t>성산읍</t>
+  </si>
+  <si>
+    <t>안덕면</t>
+  </si>
+  <si>
+    <t>표선면</t>
+  </si>
+  <si>
+    <t>송산동</t>
+  </si>
+  <si>
+    <t>정방동</t>
+  </si>
+  <si>
+    <t>중앙동</t>
+  </si>
+  <si>
+    <t>천지동</t>
+  </si>
+  <si>
+    <t>효돈동</t>
+  </si>
+  <si>
+    <t>동홍동</t>
+  </si>
+  <si>
+    <t>서홍동</t>
+  </si>
+  <si>
+    <t>대륜동</t>
+  </si>
+  <si>
+    <t>대천동</t>
+  </si>
+  <si>
+    <t>중문동</t>
+  </si>
+  <si>
+    <t>읍면동 대표계정목록</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>일반부</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>읍·면·동 대항</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>단체전</t>
+  </si>
+  <si>
+    <t>개인전(남자복식)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>단체전(남자5복식)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>개인전(혼합복식)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>개인전(여자복식)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>단체전(여자5복식)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 4인조전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 4인조전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(1G 19~29세) 자유형(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(1G 19~29세) 평영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(1G 19~29세) 접영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(1G 19~29세) 배영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(1G 19~29세) 혼계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(1G 19~29세) 계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(1G 19~29세) 자유형(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(1G 19~29세) 평영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(1G 19~29세) 접영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(1G 19~29세) 배영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(1G 19~29세) 혼계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(1G 19~29세) 계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(2G 30~39세) 자유형(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(2G 30~39세) 평영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(2G 30~39세) 접영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(2G 30~39세) 배영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(2G 30~39세) 혼계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(2G 30~39세) 계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(2G 30~39세) 자유형(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(2G 30~39세) 평영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(2G 30~39세) 접영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(2G 30~39세) 배영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(2G 30~39세) 혼계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(2G 30~39세) 계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(3G 40~49세) 자유형(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(3G 40~49세) 평영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(3G 40~49세) 접영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(3G 40~49세) 배영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(3G 40~49세) 혼계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(3G 40~49세) 계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(3G 40~49세) 자유형(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(3G 40~49세) 평영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(3G 40~49세) 접영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(3G 40~49세) 배영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(3G 40~49세) 혼계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(3G 40~49세) 계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(4G 50세 이상) 자유형(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(4G 50세 이상) 평영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(4G 50세 이상) 접영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(4G 50세 이상) 배영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(4G 50세 이상) 혼계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 경영(4G 50세 이상) 계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(4G 50세 이상) 자유형(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(4G 50세 이상) 평영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(4G 50세 이상) 접영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(4G 50세 이상) 배영(50m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(4G 50세 이상) 혼계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 경영(4G 50세 이상) 계영(200m)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>줄넘기(민속경기)</t>
+  </si>
+  <si>
+    <t>단체전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>줄다리기(민속경기)</t>
+  </si>
+  <si>
+    <t>장년부(30, 40대) 단체전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>노장부(50대) 단체전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>실버부(60대) 단체전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 개인전 단식</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남 개인전 복식</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 개인전 단식</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 개인전 복식</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>남자 복식</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여자 복식</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>단복사이즈</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>한림읍</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>제60회 제주특별자치도체육회 도민체육대회 참가신청서식(읍면동선수)</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>삼도2동</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>아라동</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>이호동</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>영천동</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>예래동</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>단체전(남자 90kg이하)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>단체전(남자 90kg이상)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>단체전(여자 80kg이하)</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>소속(팀)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">종목     </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="11"/>
+        <sz val="14"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
       </rPr>
       <t>▶     종별     ▶     부별     ▶      세부종목</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>남 개인전</t>
-[...697 lines deleted...]
-    <phoneticPr fontId="7" type="noConversion"/>
+    <t>남 마라톤 10km</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>여 마라톤 10km</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>당구</t>
+  </si>
+  <si>
+    <t>(시범종목) 캐롬 3쿠션 일반부 개인전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>(시범종목) 캐롬 3쿠션 일반부 단체전</t>
+    <phoneticPr fontId="6" type="noConversion"/>
+  </si>
+  <si>
+    <t>당구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ (시범종목) 캐롬 3쿠션 일반부 개인전</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="0_ "/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="15">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-    <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="돋움"/>
       <family val="3"/>
       <charset val="129"/>
     </font>
     <font>
       <sz val="11"/>
+      <name val="맑은 고딕"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+    </font>
+    <font>
+      <sz val="14"/>
       <color rgb="FFFF0000"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
@@ -1505,98 +1293,101 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="49" fontId="11" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="11" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="176" fontId="13" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="14" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="표준" xfId="0" builtinId="0"/>
     <cellStyle name="표준 2" xfId="1" xr:uid="{B5091324-150D-4F6C-8EBD-2F1F629D2989}"/>
     <cellStyle name="표준 5" xfId="2" xr:uid="{B61D03B5-F1C8-472C-8E47-4F99AC57ACB3}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
@@ -1875,8455 +1666,7578 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2980A8B-62FB-4DE5-921D-C73D4786A37C}">
   <dimension ref="A1:I500"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="G18" sqref="G18"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="16.5"/>
   <cols>
-    <col min="1" max="1" width="30.625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="13.75" customWidth="1"/>
+    <col min="1" max="1" width="20.625" customWidth="1"/>
+    <col min="2" max="2" width="80.625" customWidth="1"/>
+    <col min="3" max="4" width="10.625" customWidth="1"/>
+    <col min="5" max="6" width="15.625" customWidth="1"/>
+    <col min="7" max="7" width="35.625" customWidth="1"/>
+    <col min="8" max="8" width="20.625" customWidth="1"/>
+    <col min="9" max="9" width="15.625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="31.5" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      <c r="A2" s="1" t="s">
+    <row r="1" spans="1:9" ht="31.5">
+      <c r="A1" s="19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B1" s="19"/>
+      <c r="C1" s="19"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19"/>
+      <c r="H1" s="19"/>
+      <c r="I1" s="19"/>
+    </row>
+    <row r="2" spans="1:9" ht="20.25">
+      <c r="A2" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="9" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="1" t="s">
+      <c r="B2" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="C2" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="E2" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="F2" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G2" s="1" t="s">
+      <c r="F2" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="G2" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="H2" s="1" t="s">
+      <c r="H2" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="1" t="s">
-[...10 lines deleted...]
-      <c r="C3" s="13" t="s">
+      <c r="I2" s="9" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="20.25">
+      <c r="A3" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="C3" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="D3" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="E3" s="15">
+      <c r="E3" s="13">
         <v>20991231</v>
       </c>
-      <c r="F3" s="13" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="13" t="s">
+      <c r="F3" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="G3" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="H3" s="13" t="s">
+      <c r="H3" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="I3" s="15">
+      <c r="I3" s="13">
         <v>85</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
-[...5464 lines deleted...]
-      <c r="I500" s="6"/>
+    <row r="4" spans="1:9" ht="20.25">
+      <c r="A4" s="14"/>
+      <c r="B4" s="15"/>
+      <c r="C4" s="14"/>
+      <c r="D4" s="14"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="14"/>
+      <c r="G4" s="14"/>
+      <c r="H4" s="11"/>
+      <c r="I4" s="16"/>
+    </row>
+    <row r="5" spans="1:9" ht="20.25">
+      <c r="A5" s="14"/>
+      <c r="B5" s="15"/>
+      <c r="C5" s="14"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="16"/>
+      <c r="F5" s="14"/>
+      <c r="G5" s="14"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="14"/>
+    </row>
+    <row r="6" spans="1:9" ht="20.25">
+      <c r="A6" s="14"/>
+      <c r="B6" s="15"/>
+      <c r="C6" s="14"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="14"/>
+      <c r="G6" s="14"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="14"/>
+    </row>
+    <row r="7" spans="1:9" ht="20.25">
+      <c r="A7" s="14"/>
+      <c r="B7" s="15"/>
+      <c r="C7" s="14"/>
+      <c r="D7" s="14"/>
+      <c r="E7" s="16"/>
+      <c r="F7" s="14"/>
+      <c r="G7" s="14"/>
+      <c r="H7" s="11"/>
+      <c r="I7" s="14"/>
+    </row>
+    <row r="8" spans="1:9" ht="20.25">
+      <c r="A8" s="14"/>
+      <c r="B8" s="15"/>
+      <c r="C8" s="14"/>
+      <c r="D8" s="14"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="14"/>
+      <c r="G8" s="14"/>
+      <c r="H8" s="11"/>
+      <c r="I8" s="14"/>
+    </row>
+    <row r="9" spans="1:9" ht="20.25">
+      <c r="A9" s="14"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="14"/>
+      <c r="E9" s="16"/>
+      <c r="F9" s="14"/>
+      <c r="G9" s="14"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="14"/>
+    </row>
+    <row r="10" spans="1:9" ht="20.25">
+      <c r="A10" s="17"/>
+      <c r="B10" s="15"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="14"/>
+      <c r="E10" s="17"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="17"/>
+      <c r="H10" s="11"/>
+      <c r="I10" s="17"/>
+    </row>
+    <row r="11" spans="1:9" ht="20.25">
+      <c r="A11" s="17"/>
+      <c r="B11" s="15"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="17"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="17"/>
+      <c r="H11" s="11"/>
+      <c r="I11" s="17"/>
+    </row>
+    <row r="12" spans="1:9" ht="20.25">
+      <c r="A12" s="17"/>
+      <c r="B12" s="15"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="17"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="17"/>
+      <c r="H12" s="11"/>
+      <c r="I12" s="17"/>
+    </row>
+    <row r="13" spans="1:9" ht="20.25">
+      <c r="A13" s="17"/>
+      <c r="B13" s="15"/>
+      <c r="C13" s="17"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="17"/>
+      <c r="F13" s="17"/>
+      <c r="G13" s="17"/>
+      <c r="H13" s="11"/>
+      <c r="I13" s="17"/>
+    </row>
+    <row r="14" spans="1:9" ht="20.25">
+      <c r="A14" s="17"/>
+      <c r="B14" s="15"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="17"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="17"/>
+      <c r="H14" s="11"/>
+      <c r="I14" s="17"/>
+    </row>
+    <row r="15" spans="1:9" ht="20.25">
+      <c r="A15" s="17"/>
+      <c r="B15" s="15"/>
+      <c r="C15" s="17"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="17"/>
+      <c r="F15" s="17"/>
+      <c r="G15" s="17"/>
+      <c r="H15" s="11"/>
+      <c r="I15" s="17"/>
+    </row>
+    <row r="16" spans="1:9" ht="20.25">
+      <c r="A16" s="17"/>
+      <c r="B16" s="15"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="17"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="17"/>
+      <c r="H16" s="11"/>
+      <c r="I16" s="17"/>
+    </row>
+    <row r="17" spans="1:9" ht="20.25">
+      <c r="A17" s="17"/>
+      <c r="B17" s="15"/>
+      <c r="C17" s="17"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="17"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="17"/>
+      <c r="H17" s="11"/>
+      <c r="I17" s="17"/>
+    </row>
+    <row r="18" spans="1:9" ht="20.25">
+      <c r="A18" s="17"/>
+      <c r="B18" s="15"/>
+      <c r="C18" s="17"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="17"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="17"/>
+      <c r="H18" s="11"/>
+      <c r="I18" s="17"/>
+    </row>
+    <row r="19" spans="1:9" ht="20.25">
+      <c r="A19" s="17"/>
+      <c r="B19" s="15"/>
+      <c r="C19" s="17"/>
+      <c r="D19" s="14"/>
+      <c r="E19" s="17"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="17"/>
+      <c r="H19" s="11"/>
+      <c r="I19" s="17"/>
+    </row>
+    <row r="20" spans="1:9" ht="20.25">
+      <c r="A20" s="17"/>
+      <c r="B20" s="15"/>
+      <c r="C20" s="17"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="17"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="17"/>
+      <c r="H20" s="11"/>
+      <c r="I20" s="17"/>
+    </row>
+    <row r="21" spans="1:9" ht="20.25">
+      <c r="A21" s="17"/>
+      <c r="B21" s="15"/>
+      <c r="C21" s="17"/>
+      <c r="D21" s="14"/>
+      <c r="E21" s="17"/>
+      <c r="F21" s="17"/>
+      <c r="G21" s="17"/>
+      <c r="H21" s="11"/>
+      <c r="I21" s="17"/>
+    </row>
+    <row r="22" spans="1:9" ht="20.25">
+      <c r="A22" s="17"/>
+      <c r="B22" s="15"/>
+      <c r="C22" s="17"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="17"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="17"/>
+      <c r="H22" s="11"/>
+      <c r="I22" s="17"/>
+    </row>
+    <row r="23" spans="1:9" ht="20.25">
+      <c r="A23" s="17"/>
+      <c r="B23" s="15"/>
+      <c r="C23" s="17"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="17"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="17"/>
+      <c r="H23" s="11"/>
+      <c r="I23" s="17"/>
+    </row>
+    <row r="24" spans="1:9" ht="20.25">
+      <c r="A24" s="17"/>
+      <c r="B24" s="15"/>
+      <c r="C24" s="17"/>
+      <c r="D24" s="14"/>
+      <c r="E24" s="17"/>
+      <c r="F24" s="17"/>
+      <c r="G24" s="17"/>
+      <c r="H24" s="11"/>
+      <c r="I24" s="17"/>
+    </row>
+    <row r="25" spans="1:9" ht="20.25">
+      <c r="A25" s="17"/>
+      <c r="B25" s="15"/>
+      <c r="C25" s="17"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="17"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="17"/>
+      <c r="H25" s="11"/>
+      <c r="I25" s="17"/>
+    </row>
+    <row r="26" spans="1:9" ht="20.25">
+      <c r="A26" s="17"/>
+      <c r="B26" s="15"/>
+      <c r="C26" s="17"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="17"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="17"/>
+      <c r="H26" s="11"/>
+      <c r="I26" s="17"/>
+    </row>
+    <row r="27" spans="1:9" ht="20.25">
+      <c r="A27" s="17"/>
+      <c r="B27" s="15"/>
+      <c r="C27" s="17"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="17"/>
+      <c r="F27" s="17"/>
+      <c r="G27" s="17"/>
+      <c r="H27" s="11"/>
+      <c r="I27" s="17"/>
+    </row>
+    <row r="28" spans="1:9" ht="20.25">
+      <c r="A28" s="17"/>
+      <c r="B28" s="15"/>
+      <c r="C28" s="17"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="17"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="17"/>
+      <c r="H28" s="11"/>
+      <c r="I28" s="17"/>
+    </row>
+    <row r="29" spans="1:9" ht="20.25">
+      <c r="A29" s="17"/>
+      <c r="B29" s="15"/>
+      <c r="C29" s="17"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="17"/>
+      <c r="F29" s="17"/>
+      <c r="G29" s="17"/>
+      <c r="H29" s="11"/>
+      <c r="I29" s="17"/>
+    </row>
+    <row r="30" spans="1:9" ht="20.25">
+      <c r="A30" s="17"/>
+      <c r="B30" s="15"/>
+      <c r="C30" s="17"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="17"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="17"/>
+      <c r="H30" s="11"/>
+      <c r="I30" s="17"/>
+    </row>
+    <row r="31" spans="1:9" ht="20.25">
+      <c r="A31" s="17"/>
+      <c r="B31" s="15"/>
+      <c r="C31" s="17"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="17"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="17"/>
+      <c r="H31" s="11"/>
+      <c r="I31" s="17"/>
+    </row>
+    <row r="32" spans="1:9" ht="20.25">
+      <c r="A32" s="17"/>
+      <c r="B32" s="15"/>
+      <c r="C32" s="17"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="17"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="17"/>
+      <c r="H32" s="11"/>
+      <c r="I32" s="17"/>
+    </row>
+    <row r="33" spans="1:9" ht="20.25">
+      <c r="A33" s="17"/>
+      <c r="B33" s="15"/>
+      <c r="C33" s="17"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="17"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="17"/>
+      <c r="H33" s="11"/>
+      <c r="I33" s="17"/>
+    </row>
+    <row r="34" spans="1:9" ht="20.25">
+      <c r="A34" s="17"/>
+      <c r="B34" s="15"/>
+      <c r="C34" s="17"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="17"/>
+      <c r="F34" s="17"/>
+      <c r="G34" s="17"/>
+      <c r="H34" s="11"/>
+      <c r="I34" s="17"/>
+    </row>
+    <row r="35" spans="1:9" ht="20.25">
+      <c r="A35" s="17"/>
+      <c r="B35" s="15"/>
+      <c r="C35" s="17"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="17"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="17"/>
+      <c r="H35" s="11"/>
+      <c r="I35" s="17"/>
+    </row>
+    <row r="36" spans="1:9" ht="20.25">
+      <c r="A36" s="17"/>
+      <c r="B36" s="15"/>
+      <c r="C36" s="17"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="17"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="17"/>
+      <c r="H36" s="11"/>
+      <c r="I36" s="17"/>
+    </row>
+    <row r="37" spans="1:9" ht="20.25">
+      <c r="A37" s="17"/>
+      <c r="B37" s="15"/>
+      <c r="C37" s="17"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="17"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="17"/>
+      <c r="H37" s="11"/>
+      <c r="I37" s="17"/>
+    </row>
+    <row r="38" spans="1:9" ht="20.25">
+      <c r="A38" s="17"/>
+      <c r="B38" s="15"/>
+      <c r="C38" s="17"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="17"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="17"/>
+      <c r="H38" s="11"/>
+      <c r="I38" s="17"/>
+    </row>
+    <row r="39" spans="1:9" ht="20.25">
+      <c r="A39" s="17"/>
+      <c r="B39" s="15"/>
+      <c r="C39" s="17"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="17"/>
+      <c r="F39" s="17"/>
+      <c r="G39" s="17"/>
+      <c r="H39" s="11"/>
+      <c r="I39" s="17"/>
+    </row>
+    <row r="40" spans="1:9" ht="20.25">
+      <c r="A40" s="17"/>
+      <c r="B40" s="15"/>
+      <c r="C40" s="17"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="17"/>
+      <c r="F40" s="17"/>
+      <c r="G40" s="17"/>
+      <c r="H40" s="11"/>
+      <c r="I40" s="17"/>
+    </row>
+    <row r="41" spans="1:9" ht="20.25">
+      <c r="A41" s="17"/>
+      <c r="B41" s="15"/>
+      <c r="C41" s="17"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="17"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="17"/>
+      <c r="H41" s="11"/>
+      <c r="I41" s="17"/>
+    </row>
+    <row r="42" spans="1:9" ht="20.25">
+      <c r="A42" s="17"/>
+      <c r="B42" s="15"/>
+      <c r="C42" s="17"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="17"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="17"/>
+      <c r="H42" s="11"/>
+      <c r="I42" s="17"/>
+    </row>
+    <row r="43" spans="1:9" ht="20.25">
+      <c r="A43" s="17"/>
+      <c r="B43" s="15"/>
+      <c r="C43" s="17"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="17"/>
+      <c r="F43" s="17"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="11"/>
+      <c r="I43" s="17"/>
+    </row>
+    <row r="44" spans="1:9" ht="20.25">
+      <c r="A44" s="17"/>
+      <c r="B44" s="15"/>
+      <c r="C44" s="17"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="17"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="17"/>
+      <c r="H44" s="11"/>
+      <c r="I44" s="17"/>
+    </row>
+    <row r="45" spans="1:9" ht="20.25">
+      <c r="A45" s="17"/>
+      <c r="B45" s="15"/>
+      <c r="C45" s="17"/>
+      <c r="D45" s="14"/>
+      <c r="E45" s="17"/>
+      <c r="F45" s="17"/>
+      <c r="G45" s="17"/>
+      <c r="H45" s="11"/>
+      <c r="I45" s="17"/>
+    </row>
+    <row r="46" spans="1:9" ht="20.25">
+      <c r="A46" s="17"/>
+      <c r="B46" s="15"/>
+      <c r="C46" s="17"/>
+      <c r="D46" s="14"/>
+      <c r="E46" s="17"/>
+      <c r="F46" s="17"/>
+      <c r="G46" s="17"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="17"/>
+    </row>
+    <row r="47" spans="1:9" ht="20.25">
+      <c r="A47" s="17"/>
+      <c r="B47" s="15"/>
+      <c r="C47" s="17"/>
+      <c r="D47" s="14"/>
+      <c r="E47" s="17"/>
+      <c r="F47" s="17"/>
+      <c r="G47" s="17"/>
+      <c r="H47" s="11"/>
+      <c r="I47" s="17"/>
+    </row>
+    <row r="48" spans="1:9" ht="20.25">
+      <c r="A48" s="17"/>
+      <c r="B48" s="15"/>
+      <c r="C48" s="17"/>
+      <c r="D48" s="14"/>
+      <c r="E48" s="17"/>
+      <c r="F48" s="17"/>
+      <c r="G48" s="17"/>
+      <c r="H48" s="11"/>
+      <c r="I48" s="17"/>
+    </row>
+    <row r="49" spans="1:9" ht="20.25">
+      <c r="A49" s="17"/>
+      <c r="B49" s="15"/>
+      <c r="C49" s="17"/>
+      <c r="D49" s="14"/>
+      <c r="E49" s="17"/>
+      <c r="F49" s="17"/>
+      <c r="G49" s="17"/>
+      <c r="H49" s="11"/>
+      <c r="I49" s="17"/>
+    </row>
+    <row r="50" spans="1:9" ht="20.25">
+      <c r="A50" s="17"/>
+      <c r="B50" s="15"/>
+      <c r="C50" s="17"/>
+      <c r="D50" s="14"/>
+      <c r="E50" s="17"/>
+      <c r="F50" s="17"/>
+      <c r="G50" s="17"/>
+      <c r="H50" s="11"/>
+      <c r="I50" s="17"/>
+    </row>
+    <row r="51" spans="1:9" ht="20.25">
+      <c r="A51" s="17"/>
+      <c r="B51" s="15"/>
+      <c r="C51" s="17"/>
+      <c r="D51" s="14"/>
+      <c r="E51" s="17"/>
+      <c r="F51" s="17"/>
+      <c r="G51" s="17"/>
+      <c r="H51" s="11"/>
+      <c r="I51" s="17"/>
+    </row>
+    <row r="52" spans="1:9" ht="20.25">
+      <c r="A52" s="17"/>
+      <c r="B52" s="15"/>
+      <c r="C52" s="17"/>
+      <c r="D52" s="14"/>
+      <c r="E52" s="17"/>
+      <c r="F52" s="17"/>
+      <c r="G52" s="17"/>
+      <c r="H52" s="11"/>
+      <c r="I52" s="17"/>
+    </row>
+    <row r="53" spans="1:9" ht="20.25">
+      <c r="A53" s="17"/>
+      <c r="B53" s="15"/>
+      <c r="C53" s="17"/>
+      <c r="D53" s="14"/>
+      <c r="E53" s="17"/>
+      <c r="F53" s="17"/>
+      <c r="G53" s="17"/>
+      <c r="H53" s="11"/>
+      <c r="I53" s="17"/>
+    </row>
+    <row r="54" spans="1:9" ht="20.25">
+      <c r="A54" s="17"/>
+      <c r="B54" s="15"/>
+      <c r="C54" s="17"/>
+      <c r="D54" s="14"/>
+      <c r="E54" s="17"/>
+      <c r="F54" s="17"/>
+      <c r="G54" s="17"/>
+      <c r="H54" s="11"/>
+      <c r="I54" s="17"/>
+    </row>
+    <row r="55" spans="1:9" ht="20.25">
+      <c r="A55" s="17"/>
+      <c r="B55" s="15"/>
+      <c r="C55" s="17"/>
+      <c r="D55" s="14"/>
+      <c r="E55" s="17"/>
+      <c r="F55" s="17"/>
+      <c r="G55" s="17"/>
+      <c r="H55" s="11"/>
+      <c r="I55" s="17"/>
+    </row>
+    <row r="56" spans="1:9" ht="20.25">
+      <c r="A56" s="17"/>
+      <c r="B56" s="15"/>
+      <c r="C56" s="17"/>
+      <c r="D56" s="14"/>
+      <c r="E56" s="17"/>
+      <c r="F56" s="17"/>
+      <c r="G56" s="17"/>
+      <c r="H56" s="11"/>
+      <c r="I56" s="17"/>
+    </row>
+    <row r="57" spans="1:9" ht="20.25">
+      <c r="A57" s="17"/>
+      <c r="B57" s="15"/>
+      <c r="C57" s="17"/>
+      <c r="D57" s="14"/>
+      <c r="E57" s="17"/>
+      <c r="F57" s="17"/>
+      <c r="G57" s="17"/>
+      <c r="H57" s="11"/>
+      <c r="I57" s="17"/>
+    </row>
+    <row r="58" spans="1:9" ht="20.25">
+      <c r="A58" s="17"/>
+      <c r="B58" s="15"/>
+      <c r="C58" s="17"/>
+      <c r="D58" s="14"/>
+      <c r="E58" s="17"/>
+      <c r="F58" s="17"/>
+      <c r="G58" s="17"/>
+      <c r="H58" s="11"/>
+      <c r="I58" s="17"/>
+    </row>
+    <row r="59" spans="1:9" ht="20.25">
+      <c r="A59" s="17"/>
+      <c r="B59" s="15"/>
+      <c r="C59" s="17"/>
+      <c r="D59" s="14"/>
+      <c r="E59" s="17"/>
+      <c r="F59" s="17"/>
+      <c r="G59" s="17"/>
+      <c r="H59" s="11"/>
+      <c r="I59" s="17"/>
+    </row>
+    <row r="60" spans="1:9" ht="20.25">
+      <c r="A60" s="17"/>
+      <c r="B60" s="15"/>
+      <c r="C60" s="17"/>
+      <c r="D60" s="14"/>
+      <c r="E60" s="17"/>
+      <c r="F60" s="17"/>
+      <c r="G60" s="17"/>
+      <c r="H60" s="11"/>
+      <c r="I60" s="17"/>
+    </row>
+    <row r="61" spans="1:9" ht="20.25">
+      <c r="A61" s="17"/>
+      <c r="B61" s="15"/>
+      <c r="C61" s="17"/>
+      <c r="D61" s="14"/>
+      <c r="E61" s="17"/>
+      <c r="F61" s="17"/>
+      <c r="G61" s="17"/>
+      <c r="H61" s="11"/>
+      <c r="I61" s="17"/>
+    </row>
+    <row r="62" spans="1:9" ht="20.25">
+      <c r="A62" s="17"/>
+      <c r="B62" s="15"/>
+      <c r="C62" s="17"/>
+      <c r="D62" s="14"/>
+      <c r="E62" s="17"/>
+      <c r="F62" s="17"/>
+      <c r="G62" s="17"/>
+      <c r="H62" s="11"/>
+      <c r="I62" s="17"/>
+    </row>
+    <row r="63" spans="1:9" ht="20.25">
+      <c r="A63" s="17"/>
+      <c r="B63" s="15"/>
+      <c r="C63" s="17"/>
+      <c r="D63" s="14"/>
+      <c r="E63" s="17"/>
+      <c r="F63" s="17"/>
+      <c r="G63" s="17"/>
+      <c r="H63" s="11"/>
+      <c r="I63" s="17"/>
+    </row>
+    <row r="64" spans="1:9" ht="20.25">
+      <c r="A64" s="17"/>
+      <c r="B64" s="15"/>
+      <c r="C64" s="17"/>
+      <c r="D64" s="14"/>
+      <c r="E64" s="17"/>
+      <c r="F64" s="17"/>
+      <c r="G64" s="17"/>
+      <c r="H64" s="11"/>
+      <c r="I64" s="17"/>
+    </row>
+    <row r="65" spans="1:9" ht="20.25">
+      <c r="A65" s="17"/>
+      <c r="B65" s="15"/>
+      <c r="C65" s="17"/>
+      <c r="D65" s="14"/>
+      <c r="E65" s="17"/>
+      <c r="F65" s="17"/>
+      <c r="G65" s="17"/>
+      <c r="H65" s="11"/>
+      <c r="I65" s="17"/>
+    </row>
+    <row r="66" spans="1:9" ht="20.25">
+      <c r="A66" s="17"/>
+      <c r="B66" s="15"/>
+      <c r="C66" s="17"/>
+      <c r="D66" s="14"/>
+      <c r="E66" s="17"/>
+      <c r="F66" s="17"/>
+      <c r="G66" s="17"/>
+      <c r="H66" s="11"/>
+      <c r="I66" s="17"/>
+    </row>
+    <row r="67" spans="1:9" ht="20.25">
+      <c r="A67" s="17"/>
+      <c r="B67" s="15"/>
+      <c r="C67" s="17"/>
+      <c r="D67" s="14"/>
+      <c r="E67" s="17"/>
+      <c r="F67" s="17"/>
+      <c r="G67" s="17"/>
+      <c r="H67" s="11"/>
+      <c r="I67" s="17"/>
+    </row>
+    <row r="68" spans="1:9" ht="20.25">
+      <c r="A68" s="17"/>
+      <c r="B68" s="15"/>
+      <c r="C68" s="17"/>
+      <c r="D68" s="14"/>
+      <c r="E68" s="17"/>
+      <c r="F68" s="17"/>
+      <c r="G68" s="17"/>
+      <c r="H68" s="11"/>
+      <c r="I68" s="17"/>
+    </row>
+    <row r="69" spans="1:9" ht="20.25">
+      <c r="A69" s="17"/>
+      <c r="B69" s="15"/>
+      <c r="C69" s="17"/>
+      <c r="D69" s="14"/>
+      <c r="E69" s="17"/>
+      <c r="F69" s="17"/>
+      <c r="G69" s="17"/>
+      <c r="H69" s="11"/>
+      <c r="I69" s="17"/>
+    </row>
+    <row r="70" spans="1:9" ht="20.25">
+      <c r="A70" s="17"/>
+      <c r="B70" s="15"/>
+      <c r="C70" s="17"/>
+      <c r="D70" s="14"/>
+      <c r="E70" s="17"/>
+      <c r="F70" s="17"/>
+      <c r="G70" s="17"/>
+      <c r="H70" s="11"/>
+      <c r="I70" s="17"/>
+    </row>
+    <row r="71" spans="1:9" ht="20.25">
+      <c r="A71" s="17"/>
+      <c r="B71" s="15"/>
+      <c r="C71" s="17"/>
+      <c r="D71" s="14"/>
+      <c r="E71" s="17"/>
+      <c r="F71" s="17"/>
+      <c r="G71" s="17"/>
+      <c r="H71" s="11"/>
+      <c r="I71" s="17"/>
+    </row>
+    <row r="72" spans="1:9" ht="20.25">
+      <c r="A72" s="17"/>
+      <c r="B72" s="15"/>
+      <c r="C72" s="17"/>
+      <c r="D72" s="14"/>
+      <c r="E72" s="17"/>
+      <c r="F72" s="17"/>
+      <c r="G72" s="17"/>
+      <c r="H72" s="11"/>
+      <c r="I72" s="17"/>
+    </row>
+    <row r="73" spans="1:9" ht="20.25">
+      <c r="A73" s="17"/>
+      <c r="B73" s="15"/>
+      <c r="C73" s="17"/>
+      <c r="D73" s="14"/>
+      <c r="E73" s="17"/>
+      <c r="F73" s="17"/>
+      <c r="G73" s="17"/>
+      <c r="H73" s="11"/>
+      <c r="I73" s="17"/>
+    </row>
+    <row r="74" spans="1:9" ht="20.25">
+      <c r="A74" s="17"/>
+      <c r="B74" s="15"/>
+      <c r="C74" s="17"/>
+      <c r="D74" s="14"/>
+      <c r="E74" s="17"/>
+      <c r="F74" s="17"/>
+      <c r="G74" s="17"/>
+      <c r="H74" s="11"/>
+      <c r="I74" s="17"/>
+    </row>
+    <row r="75" spans="1:9" ht="20.25">
+      <c r="A75" s="17"/>
+      <c r="B75" s="15"/>
+      <c r="C75" s="17"/>
+      <c r="D75" s="14"/>
+      <c r="E75" s="17"/>
+      <c r="F75" s="17"/>
+      <c r="G75" s="17"/>
+      <c r="H75" s="11"/>
+      <c r="I75" s="17"/>
+    </row>
+    <row r="76" spans="1:9" ht="20.25">
+      <c r="A76" s="17"/>
+      <c r="B76" s="15"/>
+      <c r="C76" s="17"/>
+      <c r="D76" s="14"/>
+      <c r="E76" s="17"/>
+      <c r="F76" s="17"/>
+      <c r="G76" s="17"/>
+      <c r="H76" s="11"/>
+      <c r="I76" s="17"/>
+    </row>
+    <row r="77" spans="1:9" ht="20.25">
+      <c r="A77" s="17"/>
+      <c r="B77" s="15"/>
+      <c r="C77" s="17"/>
+      <c r="D77" s="14"/>
+      <c r="E77" s="17"/>
+      <c r="F77" s="17"/>
+      <c r="G77" s="17"/>
+      <c r="H77" s="11"/>
+      <c r="I77" s="17"/>
+    </row>
+    <row r="78" spans="1:9" ht="20.25">
+      <c r="A78" s="17"/>
+      <c r="B78" s="15"/>
+      <c r="C78" s="17"/>
+      <c r="D78" s="14"/>
+      <c r="E78" s="17"/>
+      <c r="F78" s="17"/>
+      <c r="G78" s="17"/>
+      <c r="H78" s="11"/>
+      <c r="I78" s="17"/>
+    </row>
+    <row r="79" spans="1:9" ht="20.25">
+      <c r="A79" s="17"/>
+      <c r="B79" s="15"/>
+      <c r="C79" s="17"/>
+      <c r="D79" s="14"/>
+      <c r="E79" s="17"/>
+      <c r="F79" s="17"/>
+      <c r="G79" s="17"/>
+      <c r="H79" s="11"/>
+      <c r="I79" s="17"/>
+    </row>
+    <row r="80" spans="1:9" ht="20.25">
+      <c r="A80" s="17"/>
+      <c r="B80" s="15"/>
+      <c r="C80" s="17"/>
+      <c r="D80" s="14"/>
+      <c r="E80" s="17"/>
+      <c r="F80" s="17"/>
+      <c r="G80" s="17"/>
+      <c r="H80" s="11"/>
+      <c r="I80" s="17"/>
+    </row>
+    <row r="81" spans="1:9" ht="20.25">
+      <c r="A81" s="17"/>
+      <c r="B81" s="15"/>
+      <c r="C81" s="17"/>
+      <c r="D81" s="14"/>
+      <c r="E81" s="17"/>
+      <c r="F81" s="17"/>
+      <c r="G81" s="17"/>
+      <c r="H81" s="11"/>
+      <c r="I81" s="17"/>
+    </row>
+    <row r="82" spans="1:9" ht="20.25">
+      <c r="A82" s="17"/>
+      <c r="B82" s="15"/>
+      <c r="C82" s="17"/>
+      <c r="D82" s="14"/>
+      <c r="E82" s="17"/>
+      <c r="F82" s="17"/>
+      <c r="G82" s="17"/>
+      <c r="H82" s="11"/>
+      <c r="I82" s="17"/>
+    </row>
+    <row r="83" spans="1:9" ht="20.25">
+      <c r="A83" s="17"/>
+      <c r="B83" s="15"/>
+      <c r="C83" s="17"/>
+      <c r="D83" s="14"/>
+      <c r="E83" s="17"/>
+      <c r="F83" s="17"/>
+      <c r="G83" s="17"/>
+      <c r="H83" s="11"/>
+      <c r="I83" s="17"/>
+    </row>
+    <row r="84" spans="1:9" ht="20.25">
+      <c r="A84" s="17"/>
+      <c r="B84" s="15"/>
+      <c r="C84" s="17"/>
+      <c r="D84" s="14"/>
+      <c r="E84" s="17"/>
+      <c r="F84" s="17"/>
+      <c r="G84" s="17"/>
+      <c r="H84" s="11"/>
+      <c r="I84" s="17"/>
+    </row>
+    <row r="85" spans="1:9" ht="20.25">
+      <c r="A85" s="17"/>
+      <c r="B85" s="15"/>
+      <c r="C85" s="17"/>
+      <c r="D85" s="14"/>
+      <c r="E85" s="17"/>
+      <c r="F85" s="17"/>
+      <c r="G85" s="17"/>
+      <c r="H85" s="11"/>
+      <c r="I85" s="17"/>
+    </row>
+    <row r="86" spans="1:9" ht="20.25">
+      <c r="A86" s="17"/>
+      <c r="B86" s="15"/>
+      <c r="C86" s="17"/>
+      <c r="D86" s="14"/>
+      <c r="E86" s="17"/>
+      <c r="F86" s="17"/>
+      <c r="G86" s="17"/>
+      <c r="H86" s="11"/>
+      <c r="I86" s="17"/>
+    </row>
+    <row r="87" spans="1:9" ht="20.25">
+      <c r="A87" s="17"/>
+      <c r="B87" s="15"/>
+      <c r="C87" s="17"/>
+      <c r="D87" s="14"/>
+      <c r="E87" s="17"/>
+      <c r="F87" s="17"/>
+      <c r="G87" s="17"/>
+      <c r="H87" s="11"/>
+      <c r="I87" s="17"/>
+    </row>
+    <row r="88" spans="1:9" ht="20.25">
+      <c r="A88" s="17"/>
+      <c r="B88" s="15"/>
+      <c r="C88" s="17"/>
+      <c r="D88" s="14"/>
+      <c r="E88" s="17"/>
+      <c r="F88" s="17"/>
+      <c r="G88" s="17"/>
+      <c r="H88" s="11"/>
+      <c r="I88" s="17"/>
+    </row>
+    <row r="89" spans="1:9" ht="20.25">
+      <c r="A89" s="17"/>
+      <c r="B89" s="15"/>
+      <c r="C89" s="17"/>
+      <c r="D89" s="14"/>
+      <c r="E89" s="17"/>
+      <c r="F89" s="17"/>
+      <c r="G89" s="17"/>
+      <c r="H89" s="11"/>
+      <c r="I89" s="17"/>
+    </row>
+    <row r="90" spans="1:9" ht="20.25">
+      <c r="A90" s="17"/>
+      <c r="B90" s="15"/>
+      <c r="C90" s="17"/>
+      <c r="D90" s="14"/>
+      <c r="E90" s="17"/>
+      <c r="F90" s="17"/>
+      <c r="G90" s="17"/>
+      <c r="H90" s="11"/>
+      <c r="I90" s="17"/>
+    </row>
+    <row r="91" spans="1:9" ht="20.25">
+      <c r="A91" s="17"/>
+      <c r="B91" s="15"/>
+      <c r="C91" s="17"/>
+      <c r="D91" s="14"/>
+      <c r="E91" s="17"/>
+      <c r="F91" s="17"/>
+      <c r="G91" s="17"/>
+      <c r="H91" s="11"/>
+      <c r="I91" s="17"/>
+    </row>
+    <row r="92" spans="1:9" ht="20.25">
+      <c r="A92" s="17"/>
+      <c r="B92" s="15"/>
+      <c r="C92" s="17"/>
+      <c r="D92" s="14"/>
+      <c r="E92" s="17"/>
+      <c r="F92" s="17"/>
+      <c r="G92" s="17"/>
+      <c r="H92" s="11"/>
+      <c r="I92" s="17"/>
+    </row>
+    <row r="93" spans="1:9" ht="20.25">
+      <c r="A93" s="17"/>
+      <c r="B93" s="15"/>
+      <c r="C93" s="17"/>
+      <c r="D93" s="14"/>
+      <c r="E93" s="17"/>
+      <c r="F93" s="17"/>
+      <c r="G93" s="17"/>
+      <c r="H93" s="11"/>
+      <c r="I93" s="17"/>
+    </row>
+    <row r="94" spans="1:9" ht="20.25">
+      <c r="A94" s="17"/>
+      <c r="B94" s="15"/>
+      <c r="C94" s="17"/>
+      <c r="D94" s="14"/>
+      <c r="E94" s="17"/>
+      <c r="F94" s="17"/>
+      <c r="G94" s="17"/>
+      <c r="H94" s="11"/>
+      <c r="I94" s="17"/>
+    </row>
+    <row r="95" spans="1:9" ht="20.25">
+      <c r="A95" s="17"/>
+      <c r="B95" s="15"/>
+      <c r="C95" s="17"/>
+      <c r="D95" s="14"/>
+      <c r="E95" s="17"/>
+      <c r="F95" s="17"/>
+      <c r="G95" s="17"/>
+      <c r="H95" s="11"/>
+      <c r="I95" s="17"/>
+    </row>
+    <row r="96" spans="1:9" ht="20.25">
+      <c r="A96" s="17"/>
+      <c r="B96" s="15"/>
+      <c r="C96" s="17"/>
+      <c r="D96" s="14"/>
+      <c r="E96" s="17"/>
+      <c r="F96" s="17"/>
+      <c r="G96" s="17"/>
+      <c r="H96" s="11"/>
+      <c r="I96" s="17"/>
+    </row>
+    <row r="97" spans="1:9" ht="20.25">
+      <c r="A97" s="17"/>
+      <c r="B97" s="15"/>
+      <c r="C97" s="17"/>
+      <c r="D97" s="14"/>
+      <c r="E97" s="17"/>
+      <c r="F97" s="17"/>
+      <c r="G97" s="17"/>
+      <c r="H97" s="11"/>
+      <c r="I97" s="17"/>
+    </row>
+    <row r="98" spans="1:9" ht="20.25">
+      <c r="A98" s="17"/>
+      <c r="B98" s="15"/>
+      <c r="C98" s="17"/>
+      <c r="D98" s="14"/>
+      <c r="E98" s="17"/>
+      <c r="F98" s="17"/>
+      <c r="G98" s="17"/>
+      <c r="H98" s="11"/>
+      <c r="I98" s="17"/>
+    </row>
+    <row r="99" spans="1:9" ht="20.25">
+      <c r="A99" s="17"/>
+      <c r="B99" s="15"/>
+      <c r="C99" s="17"/>
+      <c r="D99" s="14"/>
+      <c r="E99" s="17"/>
+      <c r="F99" s="17"/>
+      <c r="G99" s="17"/>
+      <c r="H99" s="11"/>
+      <c r="I99" s="17"/>
+    </row>
+    <row r="100" spans="1:9" ht="20.25">
+      <c r="A100" s="17"/>
+      <c r="B100" s="15"/>
+      <c r="C100" s="17"/>
+      <c r="D100" s="14"/>
+      <c r="E100" s="17"/>
+      <c r="F100" s="17"/>
+      <c r="G100" s="17"/>
+      <c r="H100" s="11"/>
+      <c r="I100" s="17"/>
+    </row>
+    <row r="101" spans="1:9" ht="20.25">
+      <c r="A101" s="17"/>
+      <c r="B101" s="15"/>
+      <c r="C101" s="17"/>
+      <c r="D101" s="14"/>
+      <c r="E101" s="17"/>
+      <c r="F101" s="17"/>
+      <c r="G101" s="17"/>
+      <c r="H101" s="11"/>
+      <c r="I101" s="17"/>
+    </row>
+    <row r="102" spans="1:9" ht="20.25">
+      <c r="A102" s="17"/>
+      <c r="B102" s="15"/>
+      <c r="C102" s="17"/>
+      <c r="D102" s="14"/>
+      <c r="E102" s="17"/>
+      <c r="F102" s="17"/>
+      <c r="G102" s="17"/>
+      <c r="H102" s="11"/>
+      <c r="I102" s="17"/>
+    </row>
+    <row r="103" spans="1:9" ht="20.25">
+      <c r="A103" s="17"/>
+      <c r="B103" s="15"/>
+      <c r="C103" s="17"/>
+      <c r="D103" s="14"/>
+      <c r="E103" s="17"/>
+      <c r="F103" s="17"/>
+      <c r="G103" s="17"/>
+      <c r="H103" s="11"/>
+      <c r="I103" s="17"/>
+    </row>
+    <row r="104" spans="1:9" ht="20.25">
+      <c r="A104" s="17"/>
+      <c r="B104" s="15"/>
+      <c r="C104" s="17"/>
+      <c r="D104" s="14"/>
+      <c r="E104" s="17"/>
+      <c r="F104" s="17"/>
+      <c r="G104" s="17"/>
+      <c r="H104" s="11"/>
+      <c r="I104" s="17"/>
+    </row>
+    <row r="105" spans="1:9" ht="20.25">
+      <c r="A105" s="17"/>
+      <c r="B105" s="15"/>
+      <c r="C105" s="17"/>
+      <c r="D105" s="14"/>
+      <c r="E105" s="17"/>
+      <c r="F105" s="17"/>
+      <c r="G105" s="17"/>
+      <c r="H105" s="11"/>
+      <c r="I105" s="17"/>
+    </row>
+    <row r="106" spans="1:9" ht="20.25">
+      <c r="A106" s="17"/>
+      <c r="B106" s="15"/>
+      <c r="C106" s="17"/>
+      <c r="D106" s="14"/>
+      <c r="E106" s="17"/>
+      <c r="F106" s="17"/>
+      <c r="G106" s="17"/>
+      <c r="H106" s="11"/>
+      <c r="I106" s="17"/>
+    </row>
+    <row r="107" spans="1:9" ht="20.25">
+      <c r="A107" s="17"/>
+      <c r="B107" s="15"/>
+      <c r="C107" s="17"/>
+      <c r="D107" s="14"/>
+      <c r="E107" s="17"/>
+      <c r="F107" s="17"/>
+      <c r="G107" s="17"/>
+      <c r="H107" s="11"/>
+      <c r="I107" s="17"/>
+    </row>
+    <row r="108" spans="1:9" ht="20.25">
+      <c r="A108" s="17"/>
+      <c r="B108" s="15"/>
+      <c r="C108" s="17"/>
+      <c r="D108" s="14"/>
+      <c r="E108" s="17"/>
+      <c r="F108" s="17"/>
+      <c r="G108" s="17"/>
+      <c r="H108" s="11"/>
+      <c r="I108" s="17"/>
+    </row>
+    <row r="109" spans="1:9" ht="20.25">
+      <c r="A109" s="17"/>
+      <c r="B109" s="15"/>
+      <c r="C109" s="17"/>
+      <c r="D109" s="14"/>
+      <c r="E109" s="17"/>
+      <c r="F109" s="17"/>
+      <c r="G109" s="17"/>
+      <c r="H109" s="11"/>
+      <c r="I109" s="17"/>
+    </row>
+    <row r="110" spans="1:9" ht="20.25">
+      <c r="A110" s="17"/>
+      <c r="B110" s="15"/>
+      <c r="C110" s="17"/>
+      <c r="D110" s="14"/>
+      <c r="E110" s="17"/>
+      <c r="F110" s="17"/>
+      <c r="G110" s="17"/>
+      <c r="H110" s="11"/>
+      <c r="I110" s="17"/>
+    </row>
+    <row r="111" spans="1:9" ht="20.25">
+      <c r="A111" s="17"/>
+      <c r="B111" s="15"/>
+      <c r="C111" s="17"/>
+      <c r="D111" s="14"/>
+      <c r="E111" s="17"/>
+      <c r="F111" s="17"/>
+      <c r="G111" s="17"/>
+      <c r="H111" s="11"/>
+      <c r="I111" s="17"/>
+    </row>
+    <row r="112" spans="1:9" ht="20.25">
+      <c r="A112" s="17"/>
+      <c r="B112" s="15"/>
+      <c r="C112" s="17"/>
+      <c r="D112" s="14"/>
+      <c r="E112" s="17"/>
+      <c r="F112" s="17"/>
+      <c r="G112" s="17"/>
+      <c r="H112" s="11"/>
+      <c r="I112" s="17"/>
+    </row>
+    <row r="113" spans="1:9" ht="20.25">
+      <c r="A113" s="17"/>
+      <c r="B113" s="15"/>
+      <c r="C113" s="17"/>
+      <c r="D113" s="14"/>
+      <c r="E113" s="17"/>
+      <c r="F113" s="17"/>
+      <c r="G113" s="17"/>
+      <c r="H113" s="11"/>
+      <c r="I113" s="17"/>
+    </row>
+    <row r="114" spans="1:9" ht="20.25">
+      <c r="A114" s="17"/>
+      <c r="B114" s="15"/>
+      <c r="C114" s="17"/>
+      <c r="D114" s="14"/>
+      <c r="E114" s="17"/>
+      <c r="F114" s="17"/>
+      <c r="G114" s="17"/>
+      <c r="H114" s="11"/>
+      <c r="I114" s="17"/>
+    </row>
+    <row r="115" spans="1:9" ht="20.25">
+      <c r="A115" s="17"/>
+      <c r="B115" s="15"/>
+      <c r="C115" s="17"/>
+      <c r="D115" s="14"/>
+      <c r="E115" s="17"/>
+      <c r="F115" s="17"/>
+      <c r="G115" s="17"/>
+      <c r="H115" s="11"/>
+      <c r="I115" s="17"/>
+    </row>
+    <row r="116" spans="1:9" ht="20.25">
+      <c r="A116" s="17"/>
+      <c r="B116" s="15"/>
+      <c r="C116" s="17"/>
+      <c r="D116" s="14"/>
+      <c r="E116" s="17"/>
+      <c r="F116" s="17"/>
+      <c r="G116" s="17"/>
+      <c r="H116" s="11"/>
+      <c r="I116" s="17"/>
+    </row>
+    <row r="117" spans="1:9" ht="20.25">
+      <c r="A117" s="17"/>
+      <c r="B117" s="15"/>
+      <c r="C117" s="17"/>
+      <c r="D117" s="14"/>
+      <c r="E117" s="17"/>
+      <c r="F117" s="17"/>
+      <c r="G117" s="17"/>
+      <c r="H117" s="11"/>
+      <c r="I117" s="17"/>
+    </row>
+    <row r="118" spans="1:9" ht="20.25">
+      <c r="A118" s="17"/>
+      <c r="B118" s="15"/>
+      <c r="C118" s="17"/>
+      <c r="D118" s="14"/>
+      <c r="E118" s="17"/>
+      <c r="F118" s="17"/>
+      <c r="G118" s="17"/>
+      <c r="H118" s="11"/>
+      <c r="I118" s="17"/>
+    </row>
+    <row r="119" spans="1:9" ht="20.25">
+      <c r="A119" s="17"/>
+      <c r="B119" s="15"/>
+      <c r="C119" s="17"/>
+      <c r="D119" s="14"/>
+      <c r="E119" s="17"/>
+      <c r="F119" s="17"/>
+      <c r="G119" s="17"/>
+      <c r="H119" s="11"/>
+      <c r="I119" s="17"/>
+    </row>
+    <row r="120" spans="1:9" ht="20.25">
+      <c r="A120" s="17"/>
+      <c r="B120" s="15"/>
+      <c r="C120" s="17"/>
+      <c r="D120" s="14"/>
+      <c r="E120" s="17"/>
+      <c r="F120" s="17"/>
+      <c r="G120" s="17"/>
+      <c r="H120" s="11"/>
+      <c r="I120" s="17"/>
+    </row>
+    <row r="121" spans="1:9" ht="20.25">
+      <c r="A121" s="17"/>
+      <c r="B121" s="15"/>
+      <c r="C121" s="17"/>
+      <c r="D121" s="14"/>
+      <c r="E121" s="17"/>
+      <c r="F121" s="17"/>
+      <c r="G121" s="17"/>
+      <c r="H121" s="11"/>
+      <c r="I121" s="17"/>
+    </row>
+    <row r="122" spans="1:9" ht="20.25">
+      <c r="A122" s="17"/>
+      <c r="B122" s="15"/>
+      <c r="C122" s="17"/>
+      <c r="D122" s="14"/>
+      <c r="E122" s="17"/>
+      <c r="F122" s="17"/>
+      <c r="G122" s="17"/>
+      <c r="H122" s="11"/>
+      <c r="I122" s="17"/>
+    </row>
+    <row r="123" spans="1:9" ht="20.25">
+      <c r="A123" s="17"/>
+      <c r="B123" s="15"/>
+      <c r="C123" s="17"/>
+      <c r="D123" s="14"/>
+      <c r="E123" s="17"/>
+      <c r="F123" s="17"/>
+      <c r="G123" s="17"/>
+      <c r="H123" s="11"/>
+      <c r="I123" s="17"/>
+    </row>
+    <row r="124" spans="1:9" ht="20.25">
+      <c r="A124" s="17"/>
+      <c r="B124" s="15"/>
+      <c r="C124" s="17"/>
+      <c r="D124" s="14"/>
+      <c r="E124" s="17"/>
+      <c r="F124" s="17"/>
+      <c r="G124" s="17"/>
+      <c r="H124" s="11"/>
+      <c r="I124" s="17"/>
+    </row>
+    <row r="125" spans="1:9" ht="20.25">
+      <c r="A125" s="17"/>
+      <c r="B125" s="15"/>
+      <c r="C125" s="17"/>
+      <c r="D125" s="14"/>
+      <c r="E125" s="17"/>
+      <c r="F125" s="17"/>
+      <c r="G125" s="17"/>
+      <c r="H125" s="11"/>
+      <c r="I125" s="17"/>
+    </row>
+    <row r="126" spans="1:9" ht="20.25">
+      <c r="A126" s="17"/>
+      <c r="B126" s="15"/>
+      <c r="C126" s="17"/>
+      <c r="D126" s="14"/>
+      <c r="E126" s="17"/>
+      <c r="F126" s="17"/>
+      <c r="G126" s="17"/>
+      <c r="H126" s="11"/>
+      <c r="I126" s="17"/>
+    </row>
+    <row r="127" spans="1:9" ht="20.25">
+      <c r="A127" s="17"/>
+      <c r="B127" s="15"/>
+      <c r="C127" s="17"/>
+      <c r="D127" s="14"/>
+      <c r="E127" s="17"/>
+      <c r="F127" s="17"/>
+      <c r="G127" s="17"/>
+      <c r="H127" s="11"/>
+      <c r="I127" s="17"/>
+    </row>
+    <row r="128" spans="1:9" ht="20.25">
+      <c r="A128" s="17"/>
+      <c r="B128" s="15"/>
+      <c r="C128" s="17"/>
+      <c r="D128" s="14"/>
+      <c r="E128" s="17"/>
+      <c r="F128" s="17"/>
+      <c r="G128" s="17"/>
+      <c r="H128" s="11"/>
+      <c r="I128" s="17"/>
+    </row>
+    <row r="129" spans="1:9" ht="20.25">
+      <c r="A129" s="17"/>
+      <c r="B129" s="15"/>
+      <c r="C129" s="17"/>
+      <c r="D129" s="14"/>
+      <c r="E129" s="17"/>
+      <c r="F129" s="17"/>
+      <c r="G129" s="17"/>
+      <c r="H129" s="11"/>
+      <c r="I129" s="17"/>
+    </row>
+    <row r="130" spans="1:9" ht="20.25">
+      <c r="A130" s="17"/>
+      <c r="B130" s="15"/>
+      <c r="C130" s="17"/>
+      <c r="D130" s="14"/>
+      <c r="E130" s="17"/>
+      <c r="F130" s="17"/>
+      <c r="G130" s="17"/>
+      <c r="H130" s="11"/>
+      <c r="I130" s="17"/>
+    </row>
+    <row r="131" spans="1:9" ht="20.25">
+      <c r="A131" s="17"/>
+      <c r="B131" s="15"/>
+      <c r="C131" s="17"/>
+      <c r="D131" s="14"/>
+      <c r="E131" s="17"/>
+      <c r="F131" s="17"/>
+      <c r="G131" s="17"/>
+      <c r="H131" s="11"/>
+      <c r="I131" s="17"/>
+    </row>
+    <row r="132" spans="1:9" ht="20.25">
+      <c r="A132" s="17"/>
+      <c r="B132" s="15"/>
+      <c r="C132" s="17"/>
+      <c r="D132" s="14"/>
+      <c r="E132" s="17"/>
+      <c r="F132" s="17"/>
+      <c r="G132" s="17"/>
+      <c r="H132" s="11"/>
+      <c r="I132" s="17"/>
+    </row>
+    <row r="133" spans="1:9" ht="20.25">
+      <c r="A133" s="17"/>
+      <c r="B133" s="15"/>
+      <c r="C133" s="17"/>
+      <c r="D133" s="14"/>
+      <c r="E133" s="17"/>
+      <c r="F133" s="17"/>
+      <c r="G133" s="17"/>
+      <c r="H133" s="11"/>
+      <c r="I133" s="17"/>
+    </row>
+    <row r="134" spans="1:9" ht="20.25">
+      <c r="A134" s="17"/>
+      <c r="B134" s="15"/>
+      <c r="C134" s="17"/>
+      <c r="D134" s="14"/>
+      <c r="E134" s="17"/>
+      <c r="F134" s="17"/>
+      <c r="G134" s="17"/>
+      <c r="H134" s="11"/>
+      <c r="I134" s="17"/>
+    </row>
+    <row r="135" spans="1:9" ht="20.25">
+      <c r="A135" s="17"/>
+      <c r="B135" s="15"/>
+      <c r="C135" s="17"/>
+      <c r="D135" s="14"/>
+      <c r="E135" s="17"/>
+      <c r="F135" s="17"/>
+      <c r="G135" s="17"/>
+      <c r="H135" s="11"/>
+      <c r="I135" s="17"/>
+    </row>
+    <row r="136" spans="1:9" ht="20.25">
+      <c r="A136" s="17"/>
+      <c r="B136" s="15"/>
+      <c r="C136" s="17"/>
+      <c r="D136" s="14"/>
+      <c r="E136" s="17"/>
+      <c r="F136" s="17"/>
+      <c r="G136" s="17"/>
+      <c r="H136" s="11"/>
+      <c r="I136" s="17"/>
+    </row>
+    <row r="137" spans="1:9" ht="20.25">
+      <c r="A137" s="17"/>
+      <c r="B137" s="15"/>
+      <c r="C137" s="17"/>
+      <c r="D137" s="14"/>
+      <c r="E137" s="17"/>
+      <c r="F137" s="17"/>
+      <c r="G137" s="17"/>
+      <c r="H137" s="11"/>
+      <c r="I137" s="17"/>
+    </row>
+    <row r="138" spans="1:9" ht="20.25">
+      <c r="A138" s="17"/>
+      <c r="B138" s="15"/>
+      <c r="C138" s="17"/>
+      <c r="D138" s="14"/>
+      <c r="E138" s="17"/>
+      <c r="F138" s="17"/>
+      <c r="G138" s="17"/>
+      <c r="H138" s="11"/>
+      <c r="I138" s="17"/>
+    </row>
+    <row r="139" spans="1:9" ht="20.25">
+      <c r="A139" s="17"/>
+      <c r="B139" s="15"/>
+      <c r="C139" s="17"/>
+      <c r="D139" s="14"/>
+      <c r="E139" s="17"/>
+      <c r="F139" s="17"/>
+      <c r="G139" s="17"/>
+      <c r="H139" s="11"/>
+      <c r="I139" s="17"/>
+    </row>
+    <row r="140" spans="1:9" ht="20.25">
+      <c r="A140" s="17"/>
+      <c r="B140" s="15"/>
+      <c r="C140" s="17"/>
+      <c r="D140" s="14"/>
+      <c r="E140" s="17"/>
+      <c r="F140" s="17"/>
+      <c r="G140" s="17"/>
+      <c r="H140" s="11"/>
+      <c r="I140" s="17"/>
+    </row>
+    <row r="141" spans="1:9" ht="20.25">
+      <c r="A141" s="17"/>
+      <c r="B141" s="15"/>
+      <c r="C141" s="17"/>
+      <c r="D141" s="14"/>
+      <c r="E141" s="17"/>
+      <c r="F141" s="17"/>
+      <c r="G141" s="17"/>
+      <c r="H141" s="11"/>
+      <c r="I141" s="17"/>
+    </row>
+    <row r="142" spans="1:9" ht="20.25">
+      <c r="A142" s="17"/>
+      <c r="B142" s="15"/>
+      <c r="C142" s="17"/>
+      <c r="D142" s="14"/>
+      <c r="E142" s="17"/>
+      <c r="F142" s="17"/>
+      <c r="G142" s="17"/>
+      <c r="H142" s="11"/>
+      <c r="I142" s="17"/>
+    </row>
+    <row r="143" spans="1:9" ht="20.25">
+      <c r="A143" s="17"/>
+      <c r="B143" s="15"/>
+      <c r="C143" s="17"/>
+      <c r="D143" s="14"/>
+      <c r="E143" s="17"/>
+      <c r="F143" s="17"/>
+      <c r="G143" s="17"/>
+      <c r="H143" s="11"/>
+      <c r="I143" s="17"/>
+    </row>
+    <row r="144" spans="1:9" ht="20.25">
+      <c r="A144" s="17"/>
+      <c r="B144" s="15"/>
+      <c r="C144" s="17"/>
+      <c r="D144" s="14"/>
+      <c r="E144" s="17"/>
+      <c r="F144" s="17"/>
+      <c r="G144" s="17"/>
+      <c r="H144" s="11"/>
+      <c r="I144" s="17"/>
+    </row>
+    <row r="145" spans="1:9" ht="20.25">
+      <c r="A145" s="17"/>
+      <c r="B145" s="15"/>
+      <c r="C145" s="17"/>
+      <c r="D145" s="14"/>
+      <c r="E145" s="17"/>
+      <c r="F145" s="17"/>
+      <c r="G145" s="17"/>
+      <c r="H145" s="11"/>
+      <c r="I145" s="17"/>
+    </row>
+    <row r="146" spans="1:9" ht="20.25">
+      <c r="A146" s="17"/>
+      <c r="B146" s="15"/>
+      <c r="C146" s="17"/>
+      <c r="D146" s="14"/>
+      <c r="E146" s="17"/>
+      <c r="F146" s="17"/>
+      <c r="G146" s="17"/>
+      <c r="H146" s="11"/>
+      <c r="I146" s="17"/>
+    </row>
+    <row r="147" spans="1:9" ht="20.25">
+      <c r="A147" s="17"/>
+      <c r="B147" s="15"/>
+      <c r="C147" s="17"/>
+      <c r="D147" s="14"/>
+      <c r="E147" s="17"/>
+      <c r="F147" s="17"/>
+      <c r="G147" s="17"/>
+      <c r="H147" s="11"/>
+      <c r="I147" s="17"/>
+    </row>
+    <row r="148" spans="1:9" ht="20.25">
+      <c r="A148" s="17"/>
+      <c r="B148" s="15"/>
+      <c r="C148" s="17"/>
+      <c r="D148" s="14"/>
+      <c r="E148" s="17"/>
+      <c r="F148" s="17"/>
+      <c r="G148" s="17"/>
+      <c r="H148" s="11"/>
+      <c r="I148" s="17"/>
+    </row>
+    <row r="149" spans="1:9" ht="20.25">
+      <c r="A149" s="17"/>
+      <c r="B149" s="15"/>
+      <c r="C149" s="17"/>
+      <c r="D149" s="14"/>
+      <c r="E149" s="17"/>
+      <c r="F149" s="17"/>
+      <c r="G149" s="17"/>
+      <c r="H149" s="11"/>
+      <c r="I149" s="17"/>
+    </row>
+    <row r="150" spans="1:9" ht="20.25">
+      <c r="A150" s="17"/>
+      <c r="B150" s="15"/>
+      <c r="C150" s="17"/>
+      <c r="D150" s="14"/>
+      <c r="E150" s="17"/>
+      <c r="F150" s="17"/>
+      <c r="G150" s="17"/>
+      <c r="H150" s="11"/>
+      <c r="I150" s="17"/>
+    </row>
+    <row r="151" spans="1:9" ht="20.25">
+      <c r="A151" s="17"/>
+      <c r="B151" s="15"/>
+      <c r="C151" s="17"/>
+      <c r="D151" s="14"/>
+      <c r="E151" s="17"/>
+      <c r="F151" s="17"/>
+      <c r="G151" s="17"/>
+      <c r="H151" s="11"/>
+      <c r="I151" s="17"/>
+    </row>
+    <row r="152" spans="1:9" ht="20.25">
+      <c r="A152" s="17"/>
+      <c r="B152" s="15"/>
+      <c r="C152" s="17"/>
+      <c r="D152" s="14"/>
+      <c r="E152" s="17"/>
+      <c r="F152" s="17"/>
+      <c r="G152" s="17"/>
+      <c r="H152" s="11"/>
+      <c r="I152" s="17"/>
+    </row>
+    <row r="153" spans="1:9" ht="20.25">
+      <c r="A153" s="17"/>
+      <c r="B153" s="15"/>
+      <c r="C153" s="17"/>
+      <c r="D153" s="14"/>
+      <c r="E153" s="17"/>
+      <c r="F153" s="17"/>
+      <c r="G153" s="17"/>
+      <c r="H153" s="11"/>
+      <c r="I153" s="17"/>
+    </row>
+    <row r="154" spans="1:9" ht="20.25">
+      <c r="A154" s="17"/>
+      <c r="B154" s="15"/>
+      <c r="C154" s="17"/>
+      <c r="D154" s="14"/>
+      <c r="E154" s="17"/>
+      <c r="F154" s="17"/>
+      <c r="G154" s="17"/>
+      <c r="H154" s="11"/>
+      <c r="I154" s="17"/>
+    </row>
+    <row r="155" spans="1:9" ht="20.25">
+      <c r="A155" s="17"/>
+      <c r="B155" s="15"/>
+      <c r="C155" s="17"/>
+      <c r="D155" s="14"/>
+      <c r="E155" s="17"/>
+      <c r="F155" s="17"/>
+      <c r="G155" s="17"/>
+      <c r="H155" s="11"/>
+      <c r="I155" s="17"/>
+    </row>
+    <row r="156" spans="1:9" ht="20.25">
+      <c r="A156" s="17"/>
+      <c r="B156" s="15"/>
+      <c r="C156" s="17"/>
+      <c r="D156" s="14"/>
+      <c r="E156" s="17"/>
+      <c r="F156" s="17"/>
+      <c r="G156" s="17"/>
+      <c r="H156" s="11"/>
+      <c r="I156" s="17"/>
+    </row>
+    <row r="157" spans="1:9" ht="20.25">
+      <c r="A157" s="17"/>
+      <c r="B157" s="15"/>
+      <c r="C157" s="17"/>
+      <c r="D157" s="14"/>
+      <c r="E157" s="17"/>
+      <c r="F157" s="17"/>
+      <c r="G157" s="17"/>
+      <c r="H157" s="11"/>
+      <c r="I157" s="17"/>
+    </row>
+    <row r="158" spans="1:9" ht="20.25">
+      <c r="A158" s="17"/>
+      <c r="B158" s="15"/>
+      <c r="C158" s="17"/>
+      <c r="D158" s="14"/>
+      <c r="E158" s="17"/>
+      <c r="F158" s="17"/>
+      <c r="G158" s="17"/>
+      <c r="H158" s="11"/>
+      <c r="I158" s="17"/>
+    </row>
+    <row r="159" spans="1:9" ht="20.25">
+      <c r="A159" s="17"/>
+      <c r="B159" s="15"/>
+      <c r="C159" s="17"/>
+      <c r="D159" s="14"/>
+      <c r="E159" s="17"/>
+      <c r="F159" s="17"/>
+      <c r="G159" s="17"/>
+      <c r="H159" s="11"/>
+      <c r="I159" s="17"/>
+    </row>
+    <row r="160" spans="1:9" ht="20.25">
+      <c r="A160" s="17"/>
+      <c r="B160" s="15"/>
+      <c r="C160" s="17"/>
+      <c r="D160" s="14"/>
+      <c r="E160" s="17"/>
+      <c r="F160" s="17"/>
+      <c r="G160" s="17"/>
+      <c r="H160" s="11"/>
+      <c r="I160" s="17"/>
+    </row>
+    <row r="161" spans="1:9" ht="20.25">
+      <c r="A161" s="17"/>
+      <c r="B161" s="15"/>
+      <c r="C161" s="17"/>
+      <c r="D161" s="14"/>
+      <c r="E161" s="17"/>
+      <c r="F161" s="17"/>
+      <c r="G161" s="17"/>
+      <c r="H161" s="11"/>
+      <c r="I161" s="17"/>
+    </row>
+    <row r="162" spans="1:9" ht="20.25">
+      <c r="A162" s="17"/>
+      <c r="B162" s="15"/>
+      <c r="C162" s="17"/>
+      <c r="D162" s="14"/>
+      <c r="E162" s="17"/>
+      <c r="F162" s="17"/>
+      <c r="G162" s="17"/>
+      <c r="H162" s="11"/>
+      <c r="I162" s="17"/>
+    </row>
+    <row r="163" spans="1:9" ht="20.25">
+      <c r="A163" s="17"/>
+      <c r="B163" s="15"/>
+      <c r="C163" s="17"/>
+      <c r="D163" s="14"/>
+      <c r="E163" s="17"/>
+      <c r="F163" s="17"/>
+      <c r="G163" s="17"/>
+      <c r="H163" s="11"/>
+      <c r="I163" s="17"/>
+    </row>
+    <row r="164" spans="1:9" ht="20.25">
+      <c r="A164" s="17"/>
+      <c r="B164" s="15"/>
+      <c r="C164" s="17"/>
+      <c r="D164" s="14"/>
+      <c r="E164" s="17"/>
+      <c r="F164" s="17"/>
+      <c r="G164" s="17"/>
+      <c r="H164" s="11"/>
+      <c r="I164" s="17"/>
+    </row>
+    <row r="165" spans="1:9" ht="20.25">
+      <c r="A165" s="17"/>
+      <c r="B165" s="15"/>
+      <c r="C165" s="17"/>
+      <c r="D165" s="14"/>
+      <c r="E165" s="17"/>
+      <c r="F165" s="17"/>
+      <c r="G165" s="17"/>
+      <c r="H165" s="11"/>
+      <c r="I165" s="17"/>
+    </row>
+    <row r="166" spans="1:9" ht="20.25">
+      <c r="A166" s="17"/>
+      <c r="B166" s="15"/>
+      <c r="C166" s="17"/>
+      <c r="D166" s="14"/>
+      <c r="E166" s="17"/>
+      <c r="F166" s="17"/>
+      <c r="G166" s="17"/>
+      <c r="H166" s="11"/>
+      <c r="I166" s="17"/>
+    </row>
+    <row r="167" spans="1:9" ht="20.25">
+      <c r="A167" s="17"/>
+      <c r="B167" s="15"/>
+      <c r="C167" s="17"/>
+      <c r="D167" s="14"/>
+      <c r="E167" s="17"/>
+      <c r="F167" s="17"/>
+      <c r="G167" s="17"/>
+      <c r="H167" s="11"/>
+      <c r="I167" s="17"/>
+    </row>
+    <row r="168" spans="1:9" ht="20.25">
+      <c r="A168" s="17"/>
+      <c r="B168" s="15"/>
+      <c r="C168" s="17"/>
+      <c r="D168" s="14"/>
+      <c r="E168" s="17"/>
+      <c r="F168" s="17"/>
+      <c r="G168" s="17"/>
+      <c r="H168" s="11"/>
+      <c r="I168" s="17"/>
+    </row>
+    <row r="169" spans="1:9" ht="20.25">
+      <c r="A169" s="17"/>
+      <c r="B169" s="15"/>
+      <c r="C169" s="17"/>
+      <c r="D169" s="14"/>
+      <c r="E169" s="17"/>
+      <c r="F169" s="17"/>
+      <c r="G169" s="17"/>
+      <c r="H169" s="11"/>
+      <c r="I169" s="17"/>
+    </row>
+    <row r="170" spans="1:9" ht="20.25">
+      <c r="A170" s="17"/>
+      <c r="B170" s="15"/>
+      <c r="C170" s="17"/>
+      <c r="D170" s="14"/>
+      <c r="E170" s="17"/>
+      <c r="F170" s="17"/>
+      <c r="G170" s="17"/>
+      <c r="H170" s="11"/>
+      <c r="I170" s="17"/>
+    </row>
+    <row r="171" spans="1:9" ht="20.25">
+      <c r="A171" s="17"/>
+      <c r="B171" s="15"/>
+      <c r="C171" s="17"/>
+      <c r="D171" s="14"/>
+      <c r="E171" s="17"/>
+      <c r="F171" s="17"/>
+      <c r="G171" s="17"/>
+      <c r="H171" s="11"/>
+      <c r="I171" s="17"/>
+    </row>
+    <row r="172" spans="1:9" ht="20.25">
+      <c r="A172" s="17"/>
+      <c r="B172" s="15"/>
+      <c r="C172" s="17"/>
+      <c r="D172" s="14"/>
+      <c r="E172" s="17"/>
+      <c r="F172" s="17"/>
+      <c r="G172" s="17"/>
+      <c r="H172" s="11"/>
+      <c r="I172" s="17"/>
+    </row>
+    <row r="173" spans="1:9" ht="20.25">
+      <c r="A173" s="17"/>
+      <c r="B173" s="15"/>
+      <c r="C173" s="17"/>
+      <c r="D173" s="14"/>
+      <c r="E173" s="17"/>
+      <c r="F173" s="17"/>
+      <c r="G173" s="17"/>
+      <c r="H173" s="11"/>
+      <c r="I173" s="17"/>
+    </row>
+    <row r="174" spans="1:9" ht="20.25">
+      <c r="A174" s="17"/>
+      <c r="B174" s="15"/>
+      <c r="C174" s="17"/>
+      <c r="D174" s="14"/>
+      <c r="E174" s="17"/>
+      <c r="F174" s="17"/>
+      <c r="G174" s="17"/>
+      <c r="H174" s="11"/>
+      <c r="I174" s="17"/>
+    </row>
+    <row r="175" spans="1:9" ht="20.25">
+      <c r="A175" s="17"/>
+      <c r="B175" s="15"/>
+      <c r="C175" s="17"/>
+      <c r="D175" s="14"/>
+      <c r="E175" s="17"/>
+      <c r="F175" s="17"/>
+      <c r="G175" s="17"/>
+      <c r="H175" s="11"/>
+      <c r="I175" s="17"/>
+    </row>
+    <row r="176" spans="1:9" ht="20.25">
+      <c r="A176" s="17"/>
+      <c r="B176" s="15"/>
+      <c r="C176" s="17"/>
+      <c r="D176" s="14"/>
+      <c r="E176" s="17"/>
+      <c r="F176" s="17"/>
+      <c r="G176" s="17"/>
+      <c r="H176" s="11"/>
+      <c r="I176" s="17"/>
+    </row>
+    <row r="177" spans="1:9" ht="20.25">
+      <c r="A177" s="17"/>
+      <c r="B177" s="15"/>
+      <c r="C177" s="17"/>
+      <c r="D177" s="14"/>
+      <c r="E177" s="17"/>
+      <c r="F177" s="17"/>
+      <c r="G177" s="17"/>
+      <c r="H177" s="11"/>
+      <c r="I177" s="17"/>
+    </row>
+    <row r="178" spans="1:9" ht="20.25">
+      <c r="A178" s="17"/>
+      <c r="B178" s="15"/>
+      <c r="C178" s="17"/>
+      <c r="D178" s="14"/>
+      <c r="E178" s="17"/>
+      <c r="F178" s="17"/>
+      <c r="G178" s="17"/>
+      <c r="H178" s="11"/>
+      <c r="I178" s="17"/>
+    </row>
+    <row r="179" spans="1:9" ht="20.25">
+      <c r="A179" s="17"/>
+      <c r="B179" s="15"/>
+      <c r="C179" s="17"/>
+      <c r="D179" s="14"/>
+      <c r="E179" s="17"/>
+      <c r="F179" s="17"/>
+      <c r="G179" s="17"/>
+      <c r="H179" s="11"/>
+      <c r="I179" s="17"/>
+    </row>
+    <row r="180" spans="1:9" ht="20.25">
+      <c r="A180" s="17"/>
+      <c r="B180" s="15"/>
+      <c r="C180" s="17"/>
+      <c r="D180" s="14"/>
+      <c r="E180" s="17"/>
+      <c r="F180" s="17"/>
+      <c r="G180" s="17"/>
+      <c r="H180" s="11"/>
+      <c r="I180" s="17"/>
+    </row>
+    <row r="181" spans="1:9" ht="20.25">
+      <c r="A181" s="17"/>
+      <c r="B181" s="15"/>
+      <c r="C181" s="17"/>
+      <c r="D181" s="14"/>
+      <c r="E181" s="17"/>
+      <c r="F181" s="17"/>
+      <c r="G181" s="17"/>
+      <c r="H181" s="11"/>
+      <c r="I181" s="17"/>
+    </row>
+    <row r="182" spans="1:9" ht="20.25">
+      <c r="A182" s="17"/>
+      <c r="B182" s="15"/>
+      <c r="C182" s="17"/>
+      <c r="D182" s="14"/>
+      <c r="E182" s="17"/>
+      <c r="F182" s="17"/>
+      <c r="G182" s="17"/>
+      <c r="H182" s="11"/>
+      <c r="I182" s="17"/>
+    </row>
+    <row r="183" spans="1:9" ht="20.25">
+      <c r="A183" s="17"/>
+      <c r="B183" s="15"/>
+      <c r="C183" s="17"/>
+      <c r="D183" s="14"/>
+      <c r="E183" s="17"/>
+      <c r="F183" s="17"/>
+      <c r="G183" s="17"/>
+      <c r="H183" s="11"/>
+      <c r="I183" s="17"/>
+    </row>
+    <row r="184" spans="1:9" ht="20.25">
+      <c r="A184" s="17"/>
+      <c r="B184" s="15"/>
+      <c r="C184" s="17"/>
+      <c r="D184" s="14"/>
+      <c r="E184" s="17"/>
+      <c r="F184" s="17"/>
+      <c r="G184" s="17"/>
+      <c r="H184" s="11"/>
+      <c r="I184" s="17"/>
+    </row>
+    <row r="185" spans="1:9" ht="20.25">
+      <c r="A185" s="17"/>
+      <c r="B185" s="15"/>
+      <c r="C185" s="17"/>
+      <c r="D185" s="14"/>
+      <c r="E185" s="17"/>
+      <c r="F185" s="17"/>
+      <c r="G185" s="17"/>
+      <c r="H185" s="11"/>
+      <c r="I185" s="17"/>
+    </row>
+    <row r="186" spans="1:9" ht="20.25">
+      <c r="A186" s="17"/>
+      <c r="B186" s="15"/>
+      <c r="C186" s="17"/>
+      <c r="D186" s="14"/>
+      <c r="E186" s="17"/>
+      <c r="F186" s="17"/>
+      <c r="G186" s="17"/>
+      <c r="H186" s="11"/>
+      <c r="I186" s="17"/>
+    </row>
+    <row r="187" spans="1:9" ht="20.25">
+      <c r="A187" s="17"/>
+      <c r="B187" s="15"/>
+      <c r="C187" s="17"/>
+      <c r="D187" s="14"/>
+      <c r="E187" s="17"/>
+      <c r="F187" s="17"/>
+      <c r="G187" s="17"/>
+      <c r="H187" s="11"/>
+      <c r="I187" s="17"/>
+    </row>
+    <row r="188" spans="1:9" ht="20.25">
+      <c r="A188" s="17"/>
+      <c r="B188" s="15"/>
+      <c r="C188" s="17"/>
+      <c r="D188" s="14"/>
+      <c r="E188" s="17"/>
+      <c r="F188" s="17"/>
+      <c r="G188" s="17"/>
+      <c r="H188" s="11"/>
+      <c r="I188" s="17"/>
+    </row>
+    <row r="189" spans="1:9" ht="20.25">
+      <c r="A189" s="17"/>
+      <c r="B189" s="15"/>
+      <c r="C189" s="17"/>
+      <c r="D189" s="14"/>
+      <c r="E189" s="17"/>
+      <c r="F189" s="17"/>
+      <c r="G189" s="17"/>
+      <c r="H189" s="11"/>
+      <c r="I189" s="17"/>
+    </row>
+    <row r="190" spans="1:9" ht="20.25">
+      <c r="A190" s="17"/>
+      <c r="B190" s="15"/>
+      <c r="C190" s="17"/>
+      <c r="D190" s="14"/>
+      <c r="E190" s="17"/>
+      <c r="F190" s="17"/>
+      <c r="G190" s="17"/>
+      <c r="H190" s="11"/>
+      <c r="I190" s="17"/>
+    </row>
+    <row r="191" spans="1:9" ht="20.25">
+      <c r="A191" s="17"/>
+      <c r="B191" s="15"/>
+      <c r="C191" s="17"/>
+      <c r="D191" s="14"/>
+      <c r="E191" s="17"/>
+      <c r="F191" s="17"/>
+      <c r="G191" s="17"/>
+      <c r="H191" s="11"/>
+      <c r="I191" s="17"/>
+    </row>
+    <row r="192" spans="1:9" ht="20.25">
+      <c r="A192" s="17"/>
+      <c r="B192" s="15"/>
+      <c r="C192" s="17"/>
+      <c r="D192" s="14"/>
+      <c r="E192" s="17"/>
+      <c r="F192" s="17"/>
+      <c r="G192" s="17"/>
+      <c r="H192" s="11"/>
+      <c r="I192" s="17"/>
+    </row>
+    <row r="193" spans="1:9" ht="20.25">
+      <c r="A193" s="17"/>
+      <c r="B193" s="15"/>
+      <c r="C193" s="17"/>
+      <c r="D193" s="14"/>
+      <c r="E193" s="17"/>
+      <c r="F193" s="17"/>
+      <c r="G193" s="17"/>
+      <c r="H193" s="11"/>
+      <c r="I193" s="17"/>
+    </row>
+    <row r="194" spans="1:9" ht="20.25">
+      <c r="A194" s="17"/>
+      <c r="B194" s="15"/>
+      <c r="C194" s="17"/>
+      <c r="D194" s="14"/>
+      <c r="E194" s="17"/>
+      <c r="F194" s="17"/>
+      <c r="G194" s="17"/>
+      <c r="H194" s="11"/>
+      <c r="I194" s="17"/>
+    </row>
+    <row r="195" spans="1:9" ht="20.25">
+      <c r="A195" s="17"/>
+      <c r="B195" s="15"/>
+      <c r="C195" s="17"/>
+      <c r="D195" s="14"/>
+      <c r="E195" s="17"/>
+      <c r="F195" s="17"/>
+      <c r="G195" s="17"/>
+      <c r="H195" s="11"/>
+      <c r="I195" s="17"/>
+    </row>
+    <row r="196" spans="1:9" ht="20.25">
+      <c r="A196" s="17"/>
+      <c r="B196" s="15"/>
+      <c r="C196" s="17"/>
+      <c r="D196" s="14"/>
+      <c r="E196" s="17"/>
+      <c r="F196" s="17"/>
+      <c r="G196" s="17"/>
+      <c r="H196" s="11"/>
+      <c r="I196" s="17"/>
+    </row>
+    <row r="197" spans="1:9" ht="20.25">
+      <c r="A197" s="17"/>
+      <c r="B197" s="15"/>
+      <c r="C197" s="17"/>
+      <c r="D197" s="14"/>
+      <c r="E197" s="17"/>
+      <c r="F197" s="17"/>
+      <c r="G197" s="17"/>
+      <c r="H197" s="11"/>
+      <c r="I197" s="17"/>
+    </row>
+    <row r="198" spans="1:9" ht="20.25">
+      <c r="A198" s="17"/>
+      <c r="B198" s="15"/>
+      <c r="C198" s="17"/>
+      <c r="D198" s="14"/>
+      <c r="E198" s="17"/>
+      <c r="F198" s="17"/>
+      <c r="G198" s="17"/>
+      <c r="H198" s="11"/>
+      <c r="I198" s="17"/>
+    </row>
+    <row r="199" spans="1:9" ht="20.25">
+      <c r="A199" s="17"/>
+      <c r="B199" s="15"/>
+      <c r="C199" s="17"/>
+      <c r="D199" s="14"/>
+      <c r="E199" s="17"/>
+      <c r="F199" s="17"/>
+      <c r="G199" s="17"/>
+      <c r="H199" s="11"/>
+      <c r="I199" s="17"/>
+    </row>
+    <row r="200" spans="1:9" ht="20.25">
+      <c r="A200" s="17"/>
+      <c r="B200" s="15"/>
+      <c r="C200" s="17"/>
+      <c r="D200" s="14"/>
+      <c r="E200" s="17"/>
+      <c r="F200" s="17"/>
+      <c r="G200" s="17"/>
+      <c r="H200" s="11"/>
+      <c r="I200" s="17"/>
+    </row>
+    <row r="201" spans="1:9" ht="20.25">
+      <c r="A201" s="17"/>
+      <c r="B201" s="15"/>
+      <c r="C201" s="17"/>
+      <c r="D201" s="14"/>
+      <c r="E201" s="17"/>
+      <c r="F201" s="17"/>
+      <c r="G201" s="17"/>
+      <c r="H201" s="11"/>
+      <c r="I201" s="17"/>
+    </row>
+    <row r="202" spans="1:9" ht="20.25">
+      <c r="A202" s="17"/>
+      <c r="B202" s="15"/>
+      <c r="C202" s="17"/>
+      <c r="D202" s="14"/>
+      <c r="E202" s="17"/>
+      <c r="F202" s="17"/>
+      <c r="G202" s="17"/>
+      <c r="H202" s="11"/>
+      <c r="I202" s="17"/>
+    </row>
+    <row r="203" spans="1:9" ht="20.25">
+      <c r="A203" s="17"/>
+      <c r="B203" s="15"/>
+      <c r="C203" s="17"/>
+      <c r="D203" s="14"/>
+      <c r="E203" s="17"/>
+      <c r="F203" s="17"/>
+      <c r="G203" s="17"/>
+      <c r="H203" s="11"/>
+      <c r="I203" s="17"/>
+    </row>
+    <row r="204" spans="1:9" ht="20.25">
+      <c r="A204" s="17"/>
+      <c r="B204" s="15"/>
+      <c r="C204" s="17"/>
+      <c r="D204" s="14"/>
+      <c r="E204" s="17"/>
+      <c r="F204" s="17"/>
+      <c r="G204" s="17"/>
+      <c r="H204" s="11"/>
+      <c r="I204" s="17"/>
+    </row>
+    <row r="205" spans="1:9" ht="20.25">
+      <c r="A205" s="17"/>
+      <c r="B205" s="15"/>
+      <c r="C205" s="17"/>
+      <c r="D205" s="14"/>
+      <c r="E205" s="17"/>
+      <c r="F205" s="17"/>
+      <c r="G205" s="17"/>
+      <c r="H205" s="11"/>
+      <c r="I205" s="17"/>
+    </row>
+    <row r="206" spans="1:9" ht="20.25">
+      <c r="A206" s="17"/>
+      <c r="B206" s="15"/>
+      <c r="C206" s="17"/>
+      <c r="D206" s="14"/>
+      <c r="E206" s="17"/>
+      <c r="F206" s="17"/>
+      <c r="G206" s="17"/>
+      <c r="H206" s="11"/>
+      <c r="I206" s="17"/>
+    </row>
+    <row r="207" spans="1:9" ht="20.25">
+      <c r="A207" s="17"/>
+      <c r="B207" s="15"/>
+      <c r="C207" s="17"/>
+      <c r="D207" s="14"/>
+      <c r="E207" s="17"/>
+      <c r="F207" s="17"/>
+      <c r="G207" s="17"/>
+      <c r="H207" s="11"/>
+      <c r="I207" s="17"/>
+    </row>
+    <row r="208" spans="1:9" ht="20.25">
+      <c r="A208" s="17"/>
+      <c r="B208" s="15"/>
+      <c r="C208" s="17"/>
+      <c r="D208" s="14"/>
+      <c r="E208" s="17"/>
+      <c r="F208" s="17"/>
+      <c r="G208" s="17"/>
+      <c r="H208" s="11"/>
+      <c r="I208" s="17"/>
+    </row>
+    <row r="209" spans="1:9" ht="20.25">
+      <c r="A209" s="17"/>
+      <c r="B209" s="15"/>
+      <c r="C209" s="17"/>
+      <c r="D209" s="14"/>
+      <c r="E209" s="17"/>
+      <c r="F209" s="17"/>
+      <c r="G209" s="17"/>
+      <c r="H209" s="11"/>
+      <c r="I209" s="17"/>
+    </row>
+    <row r="210" spans="1:9" ht="20.25">
+      <c r="A210" s="17"/>
+      <c r="B210" s="15"/>
+      <c r="C210" s="17"/>
+      <c r="D210" s="14"/>
+      <c r="E210" s="17"/>
+      <c r="F210" s="17"/>
+      <c r="G210" s="17"/>
+      <c r="H210" s="11"/>
+      <c r="I210" s="17"/>
+    </row>
+    <row r="211" spans="1:9" ht="20.25">
+      <c r="A211" s="17"/>
+      <c r="B211" s="15"/>
+      <c r="C211" s="17"/>
+      <c r="D211" s="14"/>
+      <c r="E211" s="17"/>
+      <c r="F211" s="17"/>
+      <c r="G211" s="17"/>
+      <c r="H211" s="11"/>
+      <c r="I211" s="17"/>
+    </row>
+    <row r="212" spans="1:9" ht="20.25">
+      <c r="A212" s="17"/>
+      <c r="B212" s="15"/>
+      <c r="C212" s="17"/>
+      <c r="D212" s="14"/>
+      <c r="E212" s="17"/>
+      <c r="F212" s="17"/>
+      <c r="G212" s="17"/>
+      <c r="H212" s="11"/>
+      <c r="I212" s="17"/>
+    </row>
+    <row r="213" spans="1:9" ht="20.25">
+      <c r="A213" s="17"/>
+      <c r="B213" s="15"/>
+      <c r="C213" s="17"/>
+      <c r="D213" s="14"/>
+      <c r="E213" s="17"/>
+      <c r="F213" s="17"/>
+      <c r="G213" s="17"/>
+      <c r="H213" s="11"/>
+      <c r="I213" s="17"/>
+    </row>
+    <row r="214" spans="1:9" ht="20.25">
+      <c r="A214" s="17"/>
+      <c r="B214" s="15"/>
+      <c r="C214" s="17"/>
+      <c r="D214" s="14"/>
+      <c r="E214" s="17"/>
+      <c r="F214" s="17"/>
+      <c r="G214" s="17"/>
+      <c r="H214" s="11"/>
+      <c r="I214" s="17"/>
+    </row>
+    <row r="215" spans="1:9" ht="20.25">
+      <c r="A215" s="17"/>
+      <c r="B215" s="15"/>
+      <c r="C215" s="17"/>
+      <c r="D215" s="14"/>
+      <c r="E215" s="17"/>
+      <c r="F215" s="17"/>
+      <c r="G215" s="17"/>
+      <c r="H215" s="11"/>
+      <c r="I215" s="17"/>
+    </row>
+    <row r="216" spans="1:9" ht="20.25">
+      <c r="A216" s="17"/>
+      <c r="B216" s="15"/>
+      <c r="C216" s="17"/>
+      <c r="D216" s="14"/>
+      <c r="E216" s="17"/>
+      <c r="F216" s="17"/>
+      <c r="G216" s="17"/>
+      <c r="H216" s="11"/>
+      <c r="I216" s="17"/>
+    </row>
+    <row r="217" spans="1:9" ht="20.25">
+      <c r="A217" s="17"/>
+      <c r="B217" s="15"/>
+      <c r="C217" s="17"/>
+      <c r="D217" s="14"/>
+      <c r="E217" s="17"/>
+      <c r="F217" s="17"/>
+      <c r="G217" s="17"/>
+      <c r="H217" s="11"/>
+      <c r="I217" s="17"/>
+    </row>
+    <row r="218" spans="1:9" ht="20.25">
+      <c r="A218" s="17"/>
+      <c r="B218" s="15"/>
+      <c r="C218" s="17"/>
+      <c r="D218" s="14"/>
+      <c r="E218" s="17"/>
+      <c r="F218" s="17"/>
+      <c r="G218" s="17"/>
+      <c r="H218" s="11"/>
+      <c r="I218" s="17"/>
+    </row>
+    <row r="219" spans="1:9" ht="20.25">
+      <c r="A219" s="17"/>
+      <c r="B219" s="15"/>
+      <c r="C219" s="17"/>
+      <c r="D219" s="14"/>
+      <c r="E219" s="17"/>
+      <c r="F219" s="17"/>
+      <c r="G219" s="17"/>
+      <c r="H219" s="11"/>
+      <c r="I219" s="17"/>
+    </row>
+    <row r="220" spans="1:9" ht="20.25">
+      <c r="A220" s="17"/>
+      <c r="B220" s="15"/>
+      <c r="C220" s="17"/>
+      <c r="D220" s="14"/>
+      <c r="E220" s="17"/>
+      <c r="F220" s="17"/>
+      <c r="G220" s="17"/>
+      <c r="H220" s="11"/>
+      <c r="I220" s="17"/>
+    </row>
+    <row r="221" spans="1:9" ht="20.25">
+      <c r="A221" s="17"/>
+      <c r="B221" s="15"/>
+      <c r="C221" s="17"/>
+      <c r="D221" s="14"/>
+      <c r="E221" s="17"/>
+      <c r="F221" s="17"/>
+      <c r="G221" s="17"/>
+      <c r="H221" s="11"/>
+      <c r="I221" s="17"/>
+    </row>
+    <row r="222" spans="1:9" ht="20.25">
+      <c r="A222" s="17"/>
+      <c r="B222" s="15"/>
+      <c r="C222" s="17"/>
+      <c r="D222" s="14"/>
+      <c r="E222" s="17"/>
+      <c r="F222" s="17"/>
+      <c r="G222" s="17"/>
+      <c r="H222" s="11"/>
+      <c r="I222" s="17"/>
+    </row>
+    <row r="223" spans="1:9" ht="20.25">
+      <c r="A223" s="17"/>
+      <c r="B223" s="15"/>
+      <c r="C223" s="17"/>
+      <c r="D223" s="14"/>
+      <c r="E223" s="17"/>
+      <c r="F223" s="17"/>
+      <c r="G223" s="17"/>
+      <c r="H223" s="11"/>
+      <c r="I223" s="17"/>
+    </row>
+    <row r="224" spans="1:9" ht="20.25">
+      <c r="A224" s="17"/>
+      <c r="B224" s="15"/>
+      <c r="C224" s="17"/>
+      <c r="D224" s="14"/>
+      <c r="E224" s="17"/>
+      <c r="F224" s="17"/>
+      <c r="G224" s="17"/>
+      <c r="H224" s="11"/>
+      <c r="I224" s="17"/>
+    </row>
+    <row r="225" spans="1:9" ht="20.25">
+      <c r="A225" s="17"/>
+      <c r="B225" s="15"/>
+      <c r="C225" s="17"/>
+      <c r="D225" s="14"/>
+      <c r="E225" s="17"/>
+      <c r="F225" s="17"/>
+      <c r="G225" s="17"/>
+      <c r="H225" s="11"/>
+      <c r="I225" s="17"/>
+    </row>
+    <row r="226" spans="1:9" ht="20.25">
+      <c r="A226" s="17"/>
+      <c r="B226" s="15"/>
+      <c r="C226" s="17"/>
+      <c r="D226" s="14"/>
+      <c r="E226" s="17"/>
+      <c r="F226" s="17"/>
+      <c r="G226" s="17"/>
+      <c r="H226" s="11"/>
+      <c r="I226" s="17"/>
+    </row>
+    <row r="227" spans="1:9" ht="20.25">
+      <c r="A227" s="17"/>
+      <c r="B227" s="15"/>
+      <c r="C227" s="17"/>
+      <c r="D227" s="14"/>
+      <c r="E227" s="17"/>
+      <c r="F227" s="17"/>
+      <c r="G227" s="17"/>
+      <c r="H227" s="11"/>
+      <c r="I227" s="17"/>
+    </row>
+    <row r="228" spans="1:9" ht="20.25">
+      <c r="A228" s="17"/>
+      <c r="B228" s="15"/>
+      <c r="C228" s="17"/>
+      <c r="D228" s="14"/>
+      <c r="E228" s="17"/>
+      <c r="F228" s="17"/>
+      <c r="G228" s="17"/>
+      <c r="H228" s="11"/>
+      <c r="I228" s="17"/>
+    </row>
+    <row r="229" spans="1:9" ht="20.25">
+      <c r="A229" s="17"/>
+      <c r="B229" s="15"/>
+      <c r="C229" s="17"/>
+      <c r="D229" s="14"/>
+      <c r="E229" s="17"/>
+      <c r="F229" s="17"/>
+      <c r="G229" s="17"/>
+      <c r="H229" s="11"/>
+      <c r="I229" s="17"/>
+    </row>
+    <row r="230" spans="1:9" ht="20.25">
+      <c r="A230" s="17"/>
+      <c r="B230" s="15"/>
+      <c r="C230" s="17"/>
+      <c r="D230" s="14"/>
+      <c r="E230" s="17"/>
+      <c r="F230" s="17"/>
+      <c r="G230" s="17"/>
+      <c r="H230" s="11"/>
+      <c r="I230" s="17"/>
+    </row>
+    <row r="231" spans="1:9" ht="20.25">
+      <c r="A231" s="17"/>
+      <c r="B231" s="15"/>
+      <c r="C231" s="17"/>
+      <c r="D231" s="14"/>
+      <c r="E231" s="17"/>
+      <c r="F231" s="17"/>
+      <c r="G231" s="17"/>
+      <c r="H231" s="11"/>
+      <c r="I231" s="17"/>
+    </row>
+    <row r="232" spans="1:9" ht="20.25">
+      <c r="A232" s="17"/>
+      <c r="B232" s="15"/>
+      <c r="C232" s="17"/>
+      <c r="D232" s="14"/>
+      <c r="E232" s="17"/>
+      <c r="F232" s="17"/>
+      <c r="G232" s="17"/>
+      <c r="H232" s="11"/>
+      <c r="I232" s="17"/>
+    </row>
+    <row r="233" spans="1:9" ht="20.25">
+      <c r="A233" s="17"/>
+      <c r="B233" s="15"/>
+      <c r="C233" s="17"/>
+      <c r="D233" s="14"/>
+      <c r="E233" s="17"/>
+      <c r="F233" s="17"/>
+      <c r="G233" s="17"/>
+      <c r="H233" s="11"/>
+      <c r="I233" s="17"/>
+    </row>
+    <row r="234" spans="1:9" ht="20.25">
+      <c r="A234" s="17"/>
+      <c r="B234" s="15"/>
+      <c r="C234" s="17"/>
+      <c r="D234" s="14"/>
+      <c r="E234" s="17"/>
+      <c r="F234" s="17"/>
+      <c r="G234" s="17"/>
+      <c r="H234" s="11"/>
+      <c r="I234" s="17"/>
+    </row>
+    <row r="235" spans="1:9" ht="20.25">
+      <c r="A235" s="17"/>
+      <c r="B235" s="15"/>
+      <c r="C235" s="17"/>
+      <c r="D235" s="14"/>
+      <c r="E235" s="17"/>
+      <c r="F235" s="17"/>
+      <c r="G235" s="17"/>
+      <c r="H235" s="11"/>
+      <c r="I235" s="17"/>
+    </row>
+    <row r="236" spans="1:9" ht="20.25">
+      <c r="A236" s="17"/>
+      <c r="B236" s="15"/>
+      <c r="C236" s="17"/>
+      <c r="D236" s="14"/>
+      <c r="E236" s="17"/>
+      <c r="F236" s="17"/>
+      <c r="G236" s="17"/>
+      <c r="H236" s="11"/>
+      <c r="I236" s="17"/>
+    </row>
+    <row r="237" spans="1:9" ht="20.25">
+      <c r="A237" s="17"/>
+      <c r="B237" s="15"/>
+      <c r="C237" s="17"/>
+      <c r="D237" s="14"/>
+      <c r="E237" s="17"/>
+      <c r="F237" s="17"/>
+      <c r="G237" s="17"/>
+      <c r="H237" s="11"/>
+      <c r="I237" s="17"/>
+    </row>
+    <row r="238" spans="1:9" ht="20.25">
+      <c r="A238" s="17"/>
+      <c r="B238" s="15"/>
+      <c r="C238" s="17"/>
+      <c r="D238" s="14"/>
+      <c r="E238" s="17"/>
+      <c r="F238" s="17"/>
+      <c r="G238" s="17"/>
+      <c r="H238" s="11"/>
+      <c r="I238" s="17"/>
+    </row>
+    <row r="239" spans="1:9" ht="20.25">
+      <c r="A239" s="17"/>
+      <c r="B239" s="15"/>
+      <c r="C239" s="17"/>
+      <c r="D239" s="14"/>
+      <c r="E239" s="17"/>
+      <c r="F239" s="17"/>
+      <c r="G239" s="17"/>
+      <c r="H239" s="11"/>
+      <c r="I239" s="17"/>
+    </row>
+    <row r="240" spans="1:9" ht="20.25">
+      <c r="A240" s="17"/>
+      <c r="B240" s="15"/>
+      <c r="C240" s="17"/>
+      <c r="D240" s="14"/>
+      <c r="E240" s="17"/>
+      <c r="F240" s="17"/>
+      <c r="G240" s="17"/>
+      <c r="H240" s="11"/>
+      <c r="I240" s="17"/>
+    </row>
+    <row r="241" spans="1:9" ht="20.25">
+      <c r="A241" s="17"/>
+      <c r="B241" s="15"/>
+      <c r="C241" s="17"/>
+      <c r="D241" s="14"/>
+      <c r="E241" s="17"/>
+      <c r="F241" s="17"/>
+      <c r="G241" s="17"/>
+      <c r="H241" s="11"/>
+      <c r="I241" s="17"/>
+    </row>
+    <row r="242" spans="1:9" ht="20.25">
+      <c r="A242" s="17"/>
+      <c r="B242" s="15"/>
+      <c r="C242" s="17"/>
+      <c r="D242" s="14"/>
+      <c r="E242" s="17"/>
+      <c r="F242" s="17"/>
+      <c r="G242" s="17"/>
+      <c r="H242" s="11"/>
+      <c r="I242" s="17"/>
+    </row>
+    <row r="243" spans="1:9" ht="20.25">
+      <c r="A243" s="17"/>
+      <c r="B243" s="15"/>
+      <c r="C243" s="17"/>
+      <c r="D243" s="14"/>
+      <c r="E243" s="17"/>
+      <c r="F243" s="17"/>
+      <c r="G243" s="17"/>
+      <c r="H243" s="11"/>
+      <c r="I243" s="17"/>
+    </row>
+    <row r="244" spans="1:9" ht="20.25">
+      <c r="A244" s="17"/>
+      <c r="B244" s="15"/>
+      <c r="C244" s="17"/>
+      <c r="D244" s="14"/>
+      <c r="E244" s="17"/>
+      <c r="F244" s="17"/>
+      <c r="G244" s="17"/>
+      <c r="H244" s="11"/>
+      <c r="I244" s="17"/>
+    </row>
+    <row r="245" spans="1:9" ht="20.25">
+      <c r="A245" s="17"/>
+      <c r="B245" s="15"/>
+      <c r="C245" s="17"/>
+      <c r="D245" s="14"/>
+      <c r="E245" s="17"/>
+      <c r="F245" s="17"/>
+      <c r="G245" s="17"/>
+      <c r="H245" s="11"/>
+      <c r="I245" s="17"/>
+    </row>
+    <row r="246" spans="1:9" ht="20.25">
+      <c r="A246" s="17"/>
+      <c r="B246" s="15"/>
+      <c r="C246" s="17"/>
+      <c r="D246" s="14"/>
+      <c r="E246" s="17"/>
+      <c r="F246" s="17"/>
+      <c r="G246" s="17"/>
+      <c r="H246" s="11"/>
+      <c r="I246" s="17"/>
+    </row>
+    <row r="247" spans="1:9" ht="20.25">
+      <c r="A247" s="17"/>
+      <c r="B247" s="15"/>
+      <c r="C247" s="17"/>
+      <c r="D247" s="14"/>
+      <c r="E247" s="17"/>
+      <c r="F247" s="17"/>
+      <c r="G247" s="17"/>
+      <c r="H247" s="11"/>
+      <c r="I247" s="17"/>
+    </row>
+    <row r="248" spans="1:9" ht="20.25">
+      <c r="A248" s="17"/>
+      <c r="B248" s="15"/>
+      <c r="C248" s="17"/>
+      <c r="D248" s="14"/>
+      <c r="E248" s="17"/>
+      <c r="F248" s="17"/>
+      <c r="G248" s="17"/>
+      <c r="H248" s="11"/>
+      <c r="I248" s="17"/>
+    </row>
+    <row r="249" spans="1:9" ht="20.25">
+      <c r="A249" s="17"/>
+      <c r="B249" s="15"/>
+      <c r="C249" s="17"/>
+      <c r="D249" s="14"/>
+      <c r="E249" s="17"/>
+      <c r="F249" s="17"/>
+      <c r="G249" s="17"/>
+      <c r="H249" s="11"/>
+      <c r="I249" s="17"/>
+    </row>
+    <row r="250" spans="1:9" ht="20.25">
+      <c r="A250" s="17"/>
+      <c r="B250" s="15"/>
+      <c r="C250" s="17"/>
+      <c r="D250" s="14"/>
+      <c r="E250" s="17"/>
+      <c r="F250" s="17"/>
+      <c r="G250" s="17"/>
+      <c r="H250" s="11"/>
+      <c r="I250" s="17"/>
+    </row>
+    <row r="251" spans="1:9" ht="20.25">
+      <c r="A251" s="17"/>
+      <c r="B251" s="15"/>
+      <c r="C251" s="17"/>
+      <c r="D251" s="14"/>
+      <c r="E251" s="17"/>
+      <c r="F251" s="17"/>
+      <c r="G251" s="17"/>
+      <c r="H251" s="11"/>
+      <c r="I251" s="17"/>
+    </row>
+    <row r="252" spans="1:9" ht="20.25">
+      <c r="A252" s="17"/>
+      <c r="B252" s="15"/>
+      <c r="C252" s="17"/>
+      <c r="D252" s="14"/>
+      <c r="E252" s="17"/>
+      <c r="F252" s="17"/>
+      <c r="G252" s="17"/>
+      <c r="H252" s="11"/>
+      <c r="I252" s="17"/>
+    </row>
+    <row r="253" spans="1:9" ht="20.25">
+      <c r="A253" s="17"/>
+      <c r="B253" s="15"/>
+      <c r="C253" s="17"/>
+      <c r="D253" s="14"/>
+      <c r="E253" s="17"/>
+      <c r="F253" s="17"/>
+      <c r="G253" s="17"/>
+      <c r="H253" s="11"/>
+      <c r="I253" s="17"/>
+    </row>
+    <row r="254" spans="1:9" ht="20.25">
+      <c r="A254" s="17"/>
+      <c r="B254" s="15"/>
+      <c r="C254" s="17"/>
+      <c r="D254" s="14"/>
+      <c r="E254" s="17"/>
+      <c r="F254" s="17"/>
+      <c r="G254" s="17"/>
+      <c r="H254" s="11"/>
+      <c r="I254" s="17"/>
+    </row>
+    <row r="255" spans="1:9" ht="20.25">
+      <c r="A255" s="17"/>
+      <c r="B255" s="15"/>
+      <c r="C255" s="17"/>
+      <c r="D255" s="14"/>
+      <c r="E255" s="17"/>
+      <c r="F255" s="17"/>
+      <c r="G255" s="17"/>
+      <c r="H255" s="11"/>
+      <c r="I255" s="17"/>
+    </row>
+    <row r="256" spans="1:9" ht="20.25">
+      <c r="A256" s="17"/>
+      <c r="B256" s="15"/>
+      <c r="C256" s="17"/>
+      <c r="D256" s="14"/>
+      <c r="E256" s="17"/>
+      <c r="F256" s="17"/>
+      <c r="G256" s="17"/>
+      <c r="H256" s="11"/>
+      <c r="I256" s="17"/>
+    </row>
+    <row r="257" spans="1:9" ht="20.25">
+      <c r="A257" s="17"/>
+      <c r="B257" s="15"/>
+      <c r="C257" s="17"/>
+      <c r="D257" s="14"/>
+      <c r="E257" s="17"/>
+      <c r="F257" s="17"/>
+      <c r="G257" s="17"/>
+      <c r="H257" s="11"/>
+      <c r="I257" s="17"/>
+    </row>
+    <row r="258" spans="1:9" ht="20.25">
+      <c r="A258" s="17"/>
+      <c r="B258" s="15"/>
+      <c r="C258" s="17"/>
+      <c r="D258" s="14"/>
+      <c r="E258" s="17"/>
+      <c r="F258" s="17"/>
+      <c r="G258" s="17"/>
+      <c r="H258" s="11"/>
+      <c r="I258" s="17"/>
+    </row>
+    <row r="259" spans="1:9" ht="20.25">
+      <c r="A259" s="17"/>
+      <c r="B259" s="15"/>
+      <c r="C259" s="17"/>
+      <c r="D259" s="14"/>
+      <c r="E259" s="17"/>
+      <c r="F259" s="17"/>
+      <c r="G259" s="17"/>
+      <c r="H259" s="11"/>
+      <c r="I259" s="17"/>
+    </row>
+    <row r="260" spans="1:9" ht="20.25">
+      <c r="A260" s="17"/>
+      <c r="B260" s="15"/>
+      <c r="C260" s="17"/>
+      <c r="D260" s="14"/>
+      <c r="E260" s="17"/>
+      <c r="F260" s="17"/>
+      <c r="G260" s="17"/>
+      <c r="H260" s="11"/>
+      <c r="I260" s="17"/>
+    </row>
+    <row r="261" spans="1:9" ht="20.25">
+      <c r="A261" s="17"/>
+      <c r="B261" s="15"/>
+      <c r="C261" s="17"/>
+      <c r="D261" s="14"/>
+      <c r="E261" s="17"/>
+      <c r="F261" s="17"/>
+      <c r="G261" s="17"/>
+      <c r="H261" s="11"/>
+      <c r="I261" s="17"/>
+    </row>
+    <row r="262" spans="1:9" ht="20.25">
+      <c r="A262" s="17"/>
+      <c r="B262" s="15"/>
+      <c r="C262" s="17"/>
+      <c r="D262" s="14"/>
+      <c r="E262" s="17"/>
+      <c r="F262" s="17"/>
+      <c r="G262" s="17"/>
+      <c r="H262" s="11"/>
+      <c r="I262" s="17"/>
+    </row>
+    <row r="263" spans="1:9" ht="20.25">
+      <c r="A263" s="17"/>
+      <c r="B263" s="15"/>
+      <c r="C263" s="17"/>
+      <c r="D263" s="14"/>
+      <c r="E263" s="17"/>
+      <c r="F263" s="17"/>
+      <c r="G263" s="17"/>
+      <c r="H263" s="11"/>
+      <c r="I263" s="17"/>
+    </row>
+    <row r="264" spans="1:9" ht="20.25">
+      <c r="A264" s="17"/>
+      <c r="B264" s="15"/>
+      <c r="C264" s="17"/>
+      <c r="D264" s="14"/>
+      <c r="E264" s="17"/>
+      <c r="F264" s="17"/>
+      <c r="G264" s="17"/>
+      <c r="H264" s="11"/>
+      <c r="I264" s="17"/>
+    </row>
+    <row r="265" spans="1:9" ht="20.25">
+      <c r="A265" s="17"/>
+      <c r="B265" s="15"/>
+      <c r="C265" s="17"/>
+      <c r="D265" s="14"/>
+      <c r="E265" s="17"/>
+      <c r="F265" s="17"/>
+      <c r="G265" s="17"/>
+      <c r="H265" s="11"/>
+      <c r="I265" s="17"/>
+    </row>
+    <row r="266" spans="1:9" ht="20.25">
+      <c r="A266" s="17"/>
+      <c r="B266" s="15"/>
+      <c r="C266" s="17"/>
+      <c r="D266" s="14"/>
+      <c r="E266" s="17"/>
+      <c r="F266" s="17"/>
+      <c r="G266" s="17"/>
+      <c r="H266" s="11"/>
+      <c r="I266" s="17"/>
+    </row>
+    <row r="267" spans="1:9" ht="20.25">
+      <c r="A267" s="17"/>
+      <c r="B267" s="15"/>
+      <c r="C267" s="17"/>
+      <c r="D267" s="14"/>
+      <c r="E267" s="17"/>
+      <c r="F267" s="17"/>
+      <c r="G267" s="17"/>
+      <c r="H267" s="11"/>
+      <c r="I267" s="17"/>
+    </row>
+    <row r="268" spans="1:9" ht="20.25">
+      <c r="A268" s="17"/>
+      <c r="B268" s="15"/>
+      <c r="C268" s="17"/>
+      <c r="D268" s="14"/>
+      <c r="E268" s="17"/>
+      <c r="F268" s="17"/>
+      <c r="G268" s="17"/>
+      <c r="H268" s="11"/>
+      <c r="I268" s="17"/>
+    </row>
+    <row r="269" spans="1:9" ht="20.25">
+      <c r="A269" s="17"/>
+      <c r="B269" s="15"/>
+      <c r="C269" s="17"/>
+      <c r="D269" s="14"/>
+      <c r="E269" s="17"/>
+      <c r="F269" s="17"/>
+      <c r="G269" s="17"/>
+      <c r="H269" s="11"/>
+      <c r="I269" s="17"/>
+    </row>
+    <row r="270" spans="1:9" ht="20.25">
+      <c r="A270" s="17"/>
+      <c r="B270" s="15"/>
+      <c r="C270" s="17"/>
+      <c r="D270" s="14"/>
+      <c r="E270" s="17"/>
+      <c r="F270" s="17"/>
+      <c r="G270" s="17"/>
+      <c r="H270" s="11"/>
+      <c r="I270" s="17"/>
+    </row>
+    <row r="271" spans="1:9" ht="20.25">
+      <c r="A271" s="17"/>
+      <c r="B271" s="15"/>
+      <c r="C271" s="17"/>
+      <c r="D271" s="14"/>
+      <c r="E271" s="17"/>
+      <c r="F271" s="17"/>
+      <c r="G271" s="17"/>
+      <c r="H271" s="11"/>
+      <c r="I271" s="17"/>
+    </row>
+    <row r="272" spans="1:9" ht="20.25">
+      <c r="A272" s="17"/>
+      <c r="B272" s="15"/>
+      <c r="C272" s="17"/>
+      <c r="D272" s="14"/>
+      <c r="E272" s="17"/>
+      <c r="F272" s="17"/>
+      <c r="G272" s="17"/>
+      <c r="H272" s="11"/>
+      <c r="I272" s="17"/>
+    </row>
+    <row r="273" spans="1:9" ht="20.25">
+      <c r="A273" s="17"/>
+      <c r="B273" s="15"/>
+      <c r="C273" s="17"/>
+      <c r="D273" s="14"/>
+      <c r="E273" s="17"/>
+      <c r="F273" s="17"/>
+      <c r="G273" s="17"/>
+      <c r="H273" s="11"/>
+      <c r="I273" s="17"/>
+    </row>
+    <row r="274" spans="1:9" ht="20.25">
+      <c r="A274" s="17"/>
+      <c r="B274" s="15"/>
+      <c r="C274" s="17"/>
+      <c r="D274" s="14"/>
+      <c r="E274" s="17"/>
+      <c r="F274" s="17"/>
+      <c r="G274" s="17"/>
+      <c r="H274" s="11"/>
+      <c r="I274" s="17"/>
+    </row>
+    <row r="275" spans="1:9" ht="20.25">
+      <c r="A275" s="17"/>
+      <c r="B275" s="15"/>
+      <c r="C275" s="17"/>
+      <c r="D275" s="14"/>
+      <c r="E275" s="17"/>
+      <c r="F275" s="17"/>
+      <c r="G275" s="17"/>
+      <c r="H275" s="11"/>
+      <c r="I275" s="17"/>
+    </row>
+    <row r="276" spans="1:9" ht="20.25">
+      <c r="A276" s="17"/>
+      <c r="B276" s="15"/>
+      <c r="C276" s="17"/>
+      <c r="D276" s="14"/>
+      <c r="E276" s="17"/>
+      <c r="F276" s="17"/>
+      <c r="G276" s="17"/>
+      <c r="H276" s="11"/>
+      <c r="I276" s="17"/>
+    </row>
+    <row r="277" spans="1:9" ht="20.25">
+      <c r="A277" s="17"/>
+      <c r="B277" s="15"/>
+      <c r="C277" s="17"/>
+      <c r="D277" s="14"/>
+      <c r="E277" s="17"/>
+      <c r="F277" s="17"/>
+      <c r="G277" s="17"/>
+      <c r="H277" s="11"/>
+      <c r="I277" s="17"/>
+    </row>
+    <row r="278" spans="1:9" ht="20.25">
+      <c r="A278" s="17"/>
+      <c r="B278" s="15"/>
+      <c r="C278" s="17"/>
+      <c r="D278" s="14"/>
+      <c r="E278" s="17"/>
+      <c r="F278" s="17"/>
+      <c r="G278" s="17"/>
+      <c r="H278" s="11"/>
+      <c r="I278" s="17"/>
+    </row>
+    <row r="279" spans="1:9" ht="20.25">
+      <c r="A279" s="17"/>
+      <c r="B279" s="15"/>
+      <c r="C279" s="17"/>
+      <c r="D279" s="14"/>
+      <c r="E279" s="17"/>
+      <c r="F279" s="17"/>
+      <c r="G279" s="17"/>
+      <c r="H279" s="11"/>
+      <c r="I279" s="17"/>
+    </row>
+    <row r="280" spans="1:9" ht="20.25">
+      <c r="A280" s="17"/>
+      <c r="B280" s="15"/>
+      <c r="C280" s="17"/>
+      <c r="D280" s="14"/>
+      <c r="E280" s="17"/>
+      <c r="F280" s="17"/>
+      <c r="G280" s="17"/>
+      <c r="H280" s="11"/>
+      <c r="I280" s="17"/>
+    </row>
+    <row r="281" spans="1:9" ht="20.25">
+      <c r="A281" s="17"/>
+      <c r="B281" s="15"/>
+      <c r="C281" s="17"/>
+      <c r="D281" s="14"/>
+      <c r="E281" s="17"/>
+      <c r="F281" s="17"/>
+      <c r="G281" s="17"/>
+      <c r="H281" s="11"/>
+      <c r="I281" s="17"/>
+    </row>
+    <row r="282" spans="1:9" ht="20.25">
+      <c r="A282" s="17"/>
+      <c r="B282" s="15"/>
+      <c r="C282" s="17"/>
+      <c r="D282" s="14"/>
+      <c r="E282" s="17"/>
+      <c r="F282" s="17"/>
+      <c r="G282" s="17"/>
+      <c r="H282" s="11"/>
+      <c r="I282" s="17"/>
+    </row>
+    <row r="283" spans="1:9" ht="20.25">
+      <c r="A283" s="17"/>
+      <c r="B283" s="15"/>
+      <c r="C283" s="17"/>
+      <c r="D283" s="14"/>
+      <c r="E283" s="17"/>
+      <c r="F283" s="17"/>
+      <c r="G283" s="17"/>
+      <c r="H283" s="11"/>
+      <c r="I283" s="17"/>
+    </row>
+    <row r="284" spans="1:9" ht="20.25">
+      <c r="A284" s="17"/>
+      <c r="B284" s="15"/>
+      <c r="C284" s="17"/>
+      <c r="D284" s="14"/>
+      <c r="E284" s="17"/>
+      <c r="F284" s="17"/>
+      <c r="G284" s="17"/>
+      <c r="H284" s="11"/>
+      <c r="I284" s="17"/>
+    </row>
+    <row r="285" spans="1:9" ht="20.25">
+      <c r="A285" s="17"/>
+      <c r="B285" s="15"/>
+      <c r="C285" s="17"/>
+      <c r="D285" s="14"/>
+      <c r="E285" s="17"/>
+      <c r="F285" s="17"/>
+      <c r="G285" s="17"/>
+      <c r="H285" s="11"/>
+      <c r="I285" s="17"/>
+    </row>
+    <row r="286" spans="1:9" ht="20.25">
+      <c r="A286" s="17"/>
+      <c r="B286" s="15"/>
+      <c r="C286" s="17"/>
+      <c r="D286" s="14"/>
+      <c r="E286" s="17"/>
+      <c r="F286" s="17"/>
+      <c r="G286" s="17"/>
+      <c r="H286" s="11"/>
+      <c r="I286" s="17"/>
+    </row>
+    <row r="287" spans="1:9" ht="20.25">
+      <c r="A287" s="17"/>
+      <c r="B287" s="15"/>
+      <c r="C287" s="17"/>
+      <c r="D287" s="14"/>
+      <c r="E287" s="17"/>
+      <c r="F287" s="17"/>
+      <c r="G287" s="17"/>
+      <c r="H287" s="11"/>
+      <c r="I287" s="17"/>
+    </row>
+    <row r="288" spans="1:9" ht="20.25">
+      <c r="A288" s="17"/>
+      <c r="B288" s="15"/>
+      <c r="C288" s="17"/>
+      <c r="D288" s="14"/>
+      <c r="E288" s="17"/>
+      <c r="F288" s="17"/>
+      <c r="G288" s="17"/>
+      <c r="H288" s="11"/>
+      <c r="I288" s="17"/>
+    </row>
+    <row r="289" spans="1:9" ht="20.25">
+      <c r="A289" s="17"/>
+      <c r="B289" s="15"/>
+      <c r="C289" s="17"/>
+      <c r="D289" s="14"/>
+      <c r="E289" s="17"/>
+      <c r="F289" s="17"/>
+      <c r="G289" s="17"/>
+      <c r="H289" s="11"/>
+      <c r="I289" s="17"/>
+    </row>
+    <row r="290" spans="1:9" ht="20.25">
+      <c r="A290" s="17"/>
+      <c r="B290" s="15"/>
+      <c r="C290" s="17"/>
+      <c r="D290" s="14"/>
+      <c r="E290" s="17"/>
+      <c r="F290" s="17"/>
+      <c r="G290" s="17"/>
+      <c r="H290" s="11"/>
+      <c r="I290" s="17"/>
+    </row>
+    <row r="291" spans="1:9" ht="20.25">
+      <c r="A291" s="17"/>
+      <c r="B291" s="15"/>
+      <c r="C291" s="17"/>
+      <c r="D291" s="14"/>
+      <c r="E291" s="17"/>
+      <c r="F291" s="17"/>
+      <c r="G291" s="17"/>
+      <c r="H291" s="11"/>
+      <c r="I291" s="17"/>
+    </row>
+    <row r="292" spans="1:9" ht="20.25">
+      <c r="A292" s="17"/>
+      <c r="B292" s="15"/>
+      <c r="C292" s="17"/>
+      <c r="D292" s="14"/>
+      <c r="E292" s="17"/>
+      <c r="F292" s="17"/>
+      <c r="G292" s="17"/>
+      <c r="H292" s="11"/>
+      <c r="I292" s="17"/>
+    </row>
+    <row r="293" spans="1:9" ht="20.25">
+      <c r="A293" s="17"/>
+      <c r="B293" s="15"/>
+      <c r="C293" s="17"/>
+      <c r="D293" s="14"/>
+      <c r="E293" s="17"/>
+      <c r="F293" s="17"/>
+      <c r="G293" s="17"/>
+      <c r="H293" s="11"/>
+      <c r="I293" s="17"/>
+    </row>
+    <row r="294" spans="1:9" ht="20.25">
+      <c r="A294" s="17"/>
+      <c r="B294" s="15"/>
+      <c r="C294" s="17"/>
+      <c r="D294" s="14"/>
+      <c r="E294" s="17"/>
+      <c r="F294" s="17"/>
+      <c r="G294" s="17"/>
+      <c r="H294" s="11"/>
+      <c r="I294" s="17"/>
+    </row>
+    <row r="295" spans="1:9" ht="20.25">
+      <c r="A295" s="17"/>
+      <c r="B295" s="15"/>
+      <c r="C295" s="17"/>
+      <c r="D295" s="14"/>
+      <c r="E295" s="17"/>
+      <c r="F295" s="17"/>
+      <c r="G295" s="17"/>
+      <c r="H295" s="11"/>
+      <c r="I295" s="17"/>
+    </row>
+    <row r="296" spans="1:9" ht="20.25">
+      <c r="A296" s="17"/>
+      <c r="B296" s="15"/>
+      <c r="C296" s="17"/>
+      <c r="D296" s="14"/>
+      <c r="E296" s="17"/>
+      <c r="F296" s="17"/>
+      <c r="G296" s="17"/>
+      <c r="H296" s="11"/>
+      <c r="I296" s="17"/>
+    </row>
+    <row r="297" spans="1:9" ht="20.25">
+      <c r="A297" s="17"/>
+      <c r="B297" s="15"/>
+      <c r="C297" s="17"/>
+      <c r="D297" s="14"/>
+      <c r="E297" s="17"/>
+      <c r="F297" s="17"/>
+      <c r="G297" s="17"/>
+      <c r="H297" s="11"/>
+      <c r="I297" s="17"/>
+    </row>
+    <row r="298" spans="1:9" ht="20.25">
+      <c r="A298" s="17"/>
+      <c r="B298" s="15"/>
+      <c r="C298" s="17"/>
+      <c r="D298" s="14"/>
+      <c r="E298" s="17"/>
+      <c r="F298" s="17"/>
+      <c r="G298" s="17"/>
+      <c r="H298" s="11"/>
+      <c r="I298" s="17"/>
+    </row>
+    <row r="299" spans="1:9" ht="20.25">
+      <c r="A299" s="17"/>
+      <c r="B299" s="15"/>
+      <c r="C299" s="17"/>
+      <c r="D299" s="14"/>
+      <c r="E299" s="17"/>
+      <c r="F299" s="17"/>
+      <c r="G299" s="17"/>
+      <c r="H299" s="11"/>
+      <c r="I299" s="17"/>
+    </row>
+    <row r="300" spans="1:9" ht="20.25">
+      <c r="A300" s="17"/>
+      <c r="B300" s="15"/>
+      <c r="C300" s="17"/>
+      <c r="D300" s="14"/>
+      <c r="E300" s="17"/>
+      <c r="F300" s="17"/>
+      <c r="G300" s="17"/>
+      <c r="H300" s="11"/>
+      <c r="I300" s="17"/>
+    </row>
+    <row r="301" spans="1:9" ht="20.25">
+      <c r="A301" s="17"/>
+      <c r="B301" s="15"/>
+      <c r="C301" s="17"/>
+      <c r="D301" s="14"/>
+      <c r="E301" s="17"/>
+      <c r="F301" s="17"/>
+      <c r="G301" s="17"/>
+      <c r="H301" s="11"/>
+      <c r="I301" s="17"/>
+    </row>
+    <row r="302" spans="1:9" ht="20.25">
+      <c r="A302" s="17"/>
+      <c r="B302" s="15"/>
+      <c r="C302" s="17"/>
+      <c r="D302" s="14"/>
+      <c r="E302" s="17"/>
+      <c r="F302" s="17"/>
+      <c r="G302" s="17"/>
+      <c r="H302" s="11"/>
+      <c r="I302" s="17"/>
+    </row>
+    <row r="303" spans="1:9" ht="20.25">
+      <c r="A303" s="17"/>
+      <c r="B303" s="15"/>
+      <c r="C303" s="17"/>
+      <c r="D303" s="14"/>
+      <c r="E303" s="17"/>
+      <c r="F303" s="17"/>
+      <c r="G303" s="17"/>
+      <c r="H303" s="11"/>
+      <c r="I303" s="17"/>
+    </row>
+    <row r="304" spans="1:9" ht="20.25">
+      <c r="A304" s="17"/>
+      <c r="B304" s="15"/>
+      <c r="C304" s="17"/>
+      <c r="D304" s="14"/>
+      <c r="E304" s="17"/>
+      <c r="F304" s="17"/>
+      <c r="G304" s="17"/>
+      <c r="H304" s="11"/>
+      <c r="I304" s="17"/>
+    </row>
+    <row r="305" spans="1:9" ht="20.25">
+      <c r="A305" s="17"/>
+      <c r="B305" s="15"/>
+      <c r="C305" s="17"/>
+      <c r="D305" s="14"/>
+      <c r="E305" s="17"/>
+      <c r="F305" s="17"/>
+      <c r="G305" s="17"/>
+      <c r="H305" s="11"/>
+      <c r="I305" s="17"/>
+    </row>
+    <row r="306" spans="1:9" ht="20.25">
+      <c r="A306" s="17"/>
+      <c r="B306" s="15"/>
+      <c r="C306" s="17"/>
+      <c r="D306" s="14"/>
+      <c r="E306" s="17"/>
+      <c r="F306" s="17"/>
+      <c r="G306" s="17"/>
+      <c r="H306" s="11"/>
+      <c r="I306" s="17"/>
+    </row>
+    <row r="307" spans="1:9" ht="20.25">
+      <c r="A307" s="17"/>
+      <c r="B307" s="15"/>
+      <c r="C307" s="17"/>
+      <c r="D307" s="14"/>
+      <c r="E307" s="17"/>
+      <c r="F307" s="17"/>
+      <c r="G307" s="17"/>
+      <c r="H307" s="11"/>
+      <c r="I307" s="17"/>
+    </row>
+    <row r="308" spans="1:9" ht="20.25">
+      <c r="A308" s="17"/>
+      <c r="B308" s="15"/>
+      <c r="C308" s="17"/>
+      <c r="D308" s="14"/>
+      <c r="E308" s="17"/>
+      <c r="F308" s="17"/>
+      <c r="G308" s="17"/>
+      <c r="H308" s="11"/>
+      <c r="I308" s="17"/>
+    </row>
+    <row r="309" spans="1:9" ht="20.25">
+      <c r="A309" s="17"/>
+      <c r="B309" s="15"/>
+      <c r="C309" s="17"/>
+      <c r="D309" s="14"/>
+      <c r="E309" s="17"/>
+      <c r="F309" s="17"/>
+      <c r="G309" s="17"/>
+      <c r="H309" s="11"/>
+      <c r="I309" s="17"/>
+    </row>
+    <row r="310" spans="1:9" ht="20.25">
+      <c r="A310" s="17"/>
+      <c r="B310" s="15"/>
+      <c r="C310" s="17"/>
+      <c r="D310" s="14"/>
+      <c r="E310" s="17"/>
+      <c r="F310" s="17"/>
+      <c r="G310" s="17"/>
+      <c r="H310" s="11"/>
+      <c r="I310" s="17"/>
+    </row>
+    <row r="311" spans="1:9" ht="20.25">
+      <c r="A311" s="17"/>
+      <c r="B311" s="15"/>
+      <c r="C311" s="17"/>
+      <c r="D311" s="14"/>
+      <c r="E311" s="17"/>
+      <c r="F311" s="17"/>
+      <c r="G311" s="17"/>
+      <c r="H311" s="11"/>
+      <c r="I311" s="17"/>
+    </row>
+    <row r="312" spans="1:9" ht="20.25">
+      <c r="A312" s="17"/>
+      <c r="B312" s="15"/>
+      <c r="C312" s="17"/>
+      <c r="D312" s="14"/>
+      <c r="E312" s="17"/>
+      <c r="F312" s="17"/>
+      <c r="G312" s="17"/>
+      <c r="H312" s="11"/>
+      <c r="I312" s="17"/>
+    </row>
+    <row r="313" spans="1:9" ht="20.25">
+      <c r="A313" s="17"/>
+      <c r="B313" s="15"/>
+      <c r="C313" s="17"/>
+      <c r="D313" s="14"/>
+      <c r="E313" s="17"/>
+      <c r="F313" s="17"/>
+      <c r="G313" s="17"/>
+      <c r="H313" s="11"/>
+      <c r="I313" s="17"/>
+    </row>
+    <row r="314" spans="1:9" ht="20.25">
+      <c r="A314" s="17"/>
+      <c r="B314" s="15"/>
+      <c r="C314" s="17"/>
+      <c r="D314" s="14"/>
+      <c r="E314" s="17"/>
+      <c r="F314" s="17"/>
+      <c r="G314" s="17"/>
+      <c r="H314" s="11"/>
+      <c r="I314" s="17"/>
+    </row>
+    <row r="315" spans="1:9" ht="20.25">
+      <c r="A315" s="17"/>
+      <c r="B315" s="15"/>
+      <c r="C315" s="17"/>
+      <c r="D315" s="14"/>
+      <c r="E315" s="17"/>
+      <c r="F315" s="17"/>
+      <c r="G315" s="17"/>
+      <c r="H315" s="11"/>
+      <c r="I315" s="17"/>
+    </row>
+    <row r="316" spans="1:9" ht="20.25">
+      <c r="A316" s="17"/>
+      <c r="B316" s="15"/>
+      <c r="C316" s="17"/>
+      <c r="D316" s="14"/>
+      <c r="E316" s="17"/>
+      <c r="F316" s="17"/>
+      <c r="G316" s="17"/>
+      <c r="H316" s="11"/>
+      <c r="I316" s="17"/>
+    </row>
+    <row r="317" spans="1:9" ht="20.25">
+      <c r="A317" s="17"/>
+      <c r="B317" s="15"/>
+      <c r="C317" s="17"/>
+      <c r="D317" s="14"/>
+      <c r="E317" s="17"/>
+      <c r="F317" s="17"/>
+      <c r="G317" s="17"/>
+      <c r="H317" s="11"/>
+      <c r="I317" s="17"/>
+    </row>
+    <row r="318" spans="1:9" ht="20.25">
+      <c r="A318" s="17"/>
+      <c r="B318" s="15"/>
+      <c r="C318" s="17"/>
+      <c r="D318" s="14"/>
+      <c r="E318" s="17"/>
+      <c r="F318" s="17"/>
+      <c r="G318" s="17"/>
+      <c r="H318" s="11"/>
+      <c r="I318" s="17"/>
+    </row>
+    <row r="319" spans="1:9" ht="20.25">
+      <c r="A319" s="17"/>
+      <c r="B319" s="15"/>
+      <c r="C319" s="17"/>
+      <c r="D319" s="14"/>
+      <c r="E319" s="17"/>
+      <c r="F319" s="17"/>
+      <c r="G319" s="17"/>
+      <c r="H319" s="11"/>
+      <c r="I319" s="17"/>
+    </row>
+    <row r="320" spans="1:9" ht="20.25">
+      <c r="A320" s="17"/>
+      <c r="B320" s="15"/>
+      <c r="C320" s="17"/>
+      <c r="D320" s="14"/>
+      <c r="E320" s="17"/>
+      <c r="F320" s="17"/>
+      <c r="G320" s="17"/>
+      <c r="H320" s="11"/>
+      <c r="I320" s="17"/>
+    </row>
+    <row r="321" spans="1:9" ht="20.25">
+      <c r="A321" s="17"/>
+      <c r="B321" s="15"/>
+      <c r="C321" s="17"/>
+      <c r="D321" s="14"/>
+      <c r="E321" s="17"/>
+      <c r="F321" s="17"/>
+      <c r="G321" s="17"/>
+      <c r="H321" s="11"/>
+      <c r="I321" s="17"/>
+    </row>
+    <row r="322" spans="1:9" ht="20.25">
+      <c r="A322" s="17"/>
+      <c r="B322" s="15"/>
+      <c r="C322" s="17"/>
+      <c r="D322" s="14"/>
+      <c r="E322" s="17"/>
+      <c r="F322" s="17"/>
+      <c r="G322" s="17"/>
+      <c r="H322" s="11"/>
+      <c r="I322" s="17"/>
+    </row>
+    <row r="323" spans="1:9" ht="20.25">
+      <c r="A323" s="17"/>
+      <c r="B323" s="15"/>
+      <c r="C323" s="17"/>
+      <c r="D323" s="14"/>
+      <c r="E323" s="17"/>
+      <c r="F323" s="17"/>
+      <c r="G323" s="17"/>
+      <c r="H323" s="11"/>
+      <c r="I323" s="17"/>
+    </row>
+    <row r="324" spans="1:9" ht="20.25">
+      <c r="A324" s="17"/>
+      <c r="B324" s="15"/>
+      <c r="C324" s="17"/>
+      <c r="D324" s="14"/>
+      <c r="E324" s="17"/>
+      <c r="F324" s="17"/>
+      <c r="G324" s="17"/>
+      <c r="H324" s="11"/>
+      <c r="I324" s="17"/>
+    </row>
+    <row r="325" spans="1:9" ht="20.25">
+      <c r="A325" s="17"/>
+      <c r="B325" s="15"/>
+      <c r="C325" s="17"/>
+      <c r="D325" s="14"/>
+      <c r="E325" s="17"/>
+      <c r="F325" s="17"/>
+      <c r="G325" s="17"/>
+      <c r="H325" s="11"/>
+      <c r="I325" s="17"/>
+    </row>
+    <row r="326" spans="1:9" ht="20.25">
+      <c r="A326" s="17"/>
+      <c r="B326" s="15"/>
+      <c r="C326" s="17"/>
+      <c r="D326" s="14"/>
+      <c r="E326" s="17"/>
+      <c r="F326" s="17"/>
+      <c r="G326" s="17"/>
+      <c r="H326" s="11"/>
+      <c r="I326" s="17"/>
+    </row>
+    <row r="327" spans="1:9" ht="20.25">
+      <c r="A327" s="17"/>
+      <c r="B327" s="15"/>
+      <c r="C327" s="17"/>
+      <c r="D327" s="14"/>
+      <c r="E327" s="17"/>
+      <c r="F327" s="17"/>
+      <c r="G327" s="17"/>
+      <c r="H327" s="11"/>
+      <c r="I327" s="17"/>
+    </row>
+    <row r="328" spans="1:9" ht="20.25">
+      <c r="A328" s="17"/>
+      <c r="B328" s="15"/>
+      <c r="C328" s="17"/>
+      <c r="D328" s="14"/>
+      <c r="E328" s="17"/>
+      <c r="F328" s="17"/>
+      <c r="G328" s="17"/>
+      <c r="H328" s="11"/>
+      <c r="I328" s="17"/>
+    </row>
+    <row r="329" spans="1:9" ht="20.25">
+      <c r="A329" s="17"/>
+      <c r="B329" s="15"/>
+      <c r="C329" s="17"/>
+      <c r="D329" s="14"/>
+      <c r="E329" s="17"/>
+      <c r="F329" s="17"/>
+      <c r="G329" s="17"/>
+      <c r="H329" s="11"/>
+      <c r="I329" s="17"/>
+    </row>
+    <row r="330" spans="1:9" ht="20.25">
+      <c r="A330" s="17"/>
+      <c r="B330" s="15"/>
+      <c r="C330" s="17"/>
+      <c r="D330" s="14"/>
+      <c r="E330" s="17"/>
+      <c r="F330" s="17"/>
+      <c r="G330" s="17"/>
+      <c r="H330" s="11"/>
+      <c r="I330" s="17"/>
+    </row>
+    <row r="331" spans="1:9" ht="20.25">
+      <c r="A331" s="17"/>
+      <c r="B331" s="15"/>
+      <c r="C331" s="17"/>
+      <c r="D331" s="14"/>
+      <c r="E331" s="17"/>
+      <c r="F331" s="17"/>
+      <c r="G331" s="17"/>
+      <c r="H331" s="11"/>
+      <c r="I331" s="17"/>
+    </row>
+    <row r="332" spans="1:9" ht="20.25">
+      <c r="A332" s="17"/>
+      <c r="B332" s="15"/>
+      <c r="C332" s="17"/>
+      <c r="D332" s="14"/>
+      <c r="E332" s="17"/>
+      <c r="F332" s="17"/>
+      <c r="G332" s="17"/>
+      <c r="H332" s="11"/>
+      <c r="I332" s="17"/>
+    </row>
+    <row r="333" spans="1:9" ht="20.25">
+      <c r="A333" s="17"/>
+      <c r="B333" s="15"/>
+      <c r="C333" s="17"/>
+      <c r="D333" s="14"/>
+      <c r="E333" s="17"/>
+      <c r="F333" s="17"/>
+      <c r="G333" s="17"/>
+      <c r="H333" s="11"/>
+      <c r="I333" s="17"/>
+    </row>
+    <row r="334" spans="1:9" ht="20.25">
+      <c r="A334" s="17"/>
+      <c r="B334" s="15"/>
+      <c r="C334" s="17"/>
+      <c r="D334" s="14"/>
+      <c r="E334" s="17"/>
+      <c r="F334" s="17"/>
+      <c r="G334" s="17"/>
+      <c r="H334" s="11"/>
+      <c r="I334" s="17"/>
+    </row>
+    <row r="335" spans="1:9" ht="20.25">
+      <c r="A335" s="17"/>
+      <c r="B335" s="15"/>
+      <c r="C335" s="17"/>
+      <c r="D335" s="14"/>
+      <c r="E335" s="17"/>
+      <c r="F335" s="17"/>
+      <c r="G335" s="17"/>
+      <c r="H335" s="11"/>
+      <c r="I335" s="17"/>
+    </row>
+    <row r="336" spans="1:9" ht="20.25">
+      <c r="A336" s="17"/>
+      <c r="B336" s="15"/>
+      <c r="C336" s="17"/>
+      <c r="D336" s="14"/>
+      <c r="E336" s="17"/>
+      <c r="F336" s="17"/>
+      <c r="G336" s="17"/>
+      <c r="H336" s="11"/>
+      <c r="I336" s="17"/>
+    </row>
+    <row r="337" spans="1:9" ht="20.25">
+      <c r="A337" s="17"/>
+      <c r="B337" s="15"/>
+      <c r="C337" s="17"/>
+      <c r="D337" s="14"/>
+      <c r="E337" s="17"/>
+      <c r="F337" s="17"/>
+      <c r="G337" s="17"/>
+      <c r="H337" s="11"/>
+      <c r="I337" s="17"/>
+    </row>
+    <row r="338" spans="1:9" ht="20.25">
+      <c r="A338" s="17"/>
+      <c r="B338" s="15"/>
+      <c r="C338" s="17"/>
+      <c r="D338" s="14"/>
+      <c r="E338" s="17"/>
+      <c r="F338" s="17"/>
+      <c r="G338" s="17"/>
+      <c r="H338" s="11"/>
+      <c r="I338" s="17"/>
+    </row>
+    <row r="339" spans="1:9" ht="20.25">
+      <c r="A339" s="17"/>
+      <c r="B339" s="15"/>
+      <c r="C339" s="17"/>
+      <c r="D339" s="14"/>
+      <c r="E339" s="17"/>
+      <c r="F339" s="17"/>
+      <c r="G339" s="17"/>
+      <c r="H339" s="11"/>
+      <c r="I339" s="17"/>
+    </row>
+    <row r="340" spans="1:9" ht="20.25">
+      <c r="A340" s="17"/>
+      <c r="B340" s="15"/>
+      <c r="C340" s="17"/>
+      <c r="D340" s="14"/>
+      <c r="E340" s="17"/>
+      <c r="F340" s="17"/>
+      <c r="G340" s="17"/>
+      <c r="H340" s="11"/>
+      <c r="I340" s="17"/>
+    </row>
+    <row r="341" spans="1:9" ht="20.25">
+      <c r="A341" s="17"/>
+      <c r="B341" s="15"/>
+      <c r="C341" s="17"/>
+      <c r="D341" s="14"/>
+      <c r="E341" s="17"/>
+      <c r="F341" s="17"/>
+      <c r="G341" s="17"/>
+      <c r="H341" s="11"/>
+      <c r="I341" s="17"/>
+    </row>
+    <row r="342" spans="1:9" ht="20.25">
+      <c r="A342" s="17"/>
+      <c r="B342" s="15"/>
+      <c r="C342" s="17"/>
+      <c r="D342" s="14"/>
+      <c r="E342" s="17"/>
+      <c r="F342" s="17"/>
+      <c r="G342" s="17"/>
+      <c r="H342" s="11"/>
+      <c r="I342" s="17"/>
+    </row>
+    <row r="343" spans="1:9" ht="20.25">
+      <c r="A343" s="17"/>
+      <c r="B343" s="15"/>
+      <c r="C343" s="17"/>
+      <c r="D343" s="14"/>
+      <c r="E343" s="17"/>
+      <c r="F343" s="17"/>
+      <c r="G343" s="17"/>
+      <c r="H343" s="11"/>
+      <c r="I343" s="17"/>
+    </row>
+    <row r="344" spans="1:9" ht="20.25">
+      <c r="A344" s="17"/>
+      <c r="B344" s="15"/>
+      <c r="C344" s="17"/>
+      <c r="D344" s="14"/>
+      <c r="E344" s="17"/>
+      <c r="F344" s="17"/>
+      <c r="G344" s="17"/>
+      <c r="H344" s="11"/>
+      <c r="I344" s="17"/>
+    </row>
+    <row r="345" spans="1:9" ht="20.25">
+      <c r="A345" s="17"/>
+      <c r="B345" s="15"/>
+      <c r="C345" s="17"/>
+      <c r="D345" s="14"/>
+      <c r="E345" s="17"/>
+      <c r="F345" s="17"/>
+      <c r="G345" s="17"/>
+      <c r="H345" s="11"/>
+      <c r="I345" s="17"/>
+    </row>
+    <row r="346" spans="1:9" ht="20.25">
+      <c r="A346" s="17"/>
+      <c r="B346" s="15"/>
+      <c r="C346" s="17"/>
+      <c r="D346" s="14"/>
+      <c r="E346" s="17"/>
+      <c r="F346" s="17"/>
+      <c r="G346" s="17"/>
+      <c r="H346" s="11"/>
+      <c r="I346" s="17"/>
+    </row>
+    <row r="347" spans="1:9" ht="20.25">
+      <c r="A347" s="17"/>
+      <c r="B347" s="15"/>
+      <c r="C347" s="17"/>
+      <c r="D347" s="14"/>
+      <c r="E347" s="17"/>
+      <c r="F347" s="17"/>
+      <c r="G347" s="17"/>
+      <c r="H347" s="11"/>
+      <c r="I347" s="17"/>
+    </row>
+    <row r="348" spans="1:9" ht="20.25">
+      <c r="A348" s="17"/>
+      <c r="B348" s="15"/>
+      <c r="C348" s="17"/>
+      <c r="D348" s="14"/>
+      <c r="E348" s="17"/>
+      <c r="F348" s="17"/>
+      <c r="G348" s="17"/>
+      <c r="H348" s="11"/>
+      <c r="I348" s="17"/>
+    </row>
+    <row r="349" spans="1:9" ht="20.25">
+      <c r="A349" s="17"/>
+      <c r="B349" s="15"/>
+      <c r="C349" s="17"/>
+      <c r="D349" s="14"/>
+      <c r="E349" s="17"/>
+      <c r="F349" s="17"/>
+      <c r="G349" s="17"/>
+      <c r="H349" s="11"/>
+      <c r="I349" s="17"/>
+    </row>
+    <row r="350" spans="1:9" ht="20.25">
+      <c r="A350" s="17"/>
+      <c r="B350" s="15"/>
+      <c r="C350" s="17"/>
+      <c r="D350" s="14"/>
+      <c r="E350" s="17"/>
+      <c r="F350" s="17"/>
+      <c r="G350" s="17"/>
+      <c r="H350" s="11"/>
+      <c r="I350" s="17"/>
+    </row>
+    <row r="351" spans="1:9" ht="20.25">
+      <c r="A351" s="17"/>
+      <c r="B351" s="15"/>
+      <c r="C351" s="17"/>
+      <c r="D351" s="14"/>
+      <c r="E351" s="17"/>
+      <c r="F351" s="17"/>
+      <c r="G351" s="17"/>
+      <c r="H351" s="11"/>
+      <c r="I351" s="17"/>
+    </row>
+    <row r="352" spans="1:9" ht="20.25">
+      <c r="A352" s="17"/>
+      <c r="B352" s="15"/>
+      <c r="C352" s="17"/>
+      <c r="D352" s="14"/>
+      <c r="E352" s="17"/>
+      <c r="F352" s="17"/>
+      <c r="G352" s="17"/>
+      <c r="H352" s="11"/>
+      <c r="I352" s="17"/>
+    </row>
+    <row r="353" spans="1:9" ht="20.25">
+      <c r="A353" s="17"/>
+      <c r="B353" s="15"/>
+      <c r="C353" s="17"/>
+      <c r="D353" s="14"/>
+      <c r="E353" s="17"/>
+      <c r="F353" s="17"/>
+      <c r="G353" s="17"/>
+      <c r="H353" s="11"/>
+      <c r="I353" s="17"/>
+    </row>
+    <row r="354" spans="1:9" ht="20.25">
+      <c r="A354" s="17"/>
+      <c r="B354" s="15"/>
+      <c r="C354" s="17"/>
+      <c r="D354" s="14"/>
+      <c r="E354" s="17"/>
+      <c r="F354" s="17"/>
+      <c r="G354" s="17"/>
+      <c r="H354" s="11"/>
+      <c r="I354" s="17"/>
+    </row>
+    <row r="355" spans="1:9" ht="20.25">
+      <c r="A355" s="17"/>
+      <c r="B355" s="15"/>
+      <c r="C355" s="17"/>
+      <c r="D355" s="14"/>
+      <c r="E355" s="17"/>
+      <c r="F355" s="17"/>
+      <c r="G355" s="17"/>
+      <c r="H355" s="11"/>
+      <c r="I355" s="17"/>
+    </row>
+    <row r="356" spans="1:9" ht="20.25">
+      <c r="A356" s="17"/>
+      <c r="B356" s="15"/>
+      <c r="C356" s="17"/>
+      <c r="D356" s="14"/>
+      <c r="E356" s="17"/>
+      <c r="F356" s="17"/>
+      <c r="G356" s="17"/>
+      <c r="H356" s="11"/>
+      <c r="I356" s="17"/>
+    </row>
+    <row r="357" spans="1:9" ht="20.25">
+      <c r="A357" s="17"/>
+      <c r="B357" s="15"/>
+      <c r="C357" s="17"/>
+      <c r="D357" s="14"/>
+      <c r="E357" s="17"/>
+      <c r="F357" s="17"/>
+      <c r="G357" s="17"/>
+      <c r="H357" s="11"/>
+      <c r="I357" s="17"/>
+    </row>
+    <row r="358" spans="1:9" ht="20.25">
+      <c r="A358" s="17"/>
+      <c r="B358" s="15"/>
+      <c r="C358" s="17"/>
+      <c r="D358" s="14"/>
+      <c r="E358" s="17"/>
+      <c r="F358" s="17"/>
+      <c r="G358" s="17"/>
+      <c r="H358" s="11"/>
+      <c r="I358" s="17"/>
+    </row>
+    <row r="359" spans="1:9" ht="20.25">
+      <c r="A359" s="17"/>
+      <c r="B359" s="15"/>
+      <c r="C359" s="17"/>
+      <c r="D359" s="14"/>
+      <c r="E359" s="17"/>
+      <c r="F359" s="17"/>
+      <c r="G359" s="17"/>
+      <c r="H359" s="11"/>
+      <c r="I359" s="17"/>
+    </row>
+    <row r="360" spans="1:9" ht="20.25">
+      <c r="A360" s="17"/>
+      <c r="B360" s="15"/>
+      <c r="C360" s="17"/>
+      <c r="D360" s="14"/>
+      <c r="E360" s="17"/>
+      <c r="F360" s="17"/>
+      <c r="G360" s="17"/>
+      <c r="H360" s="11"/>
+      <c r="I360" s="17"/>
+    </row>
+    <row r="361" spans="1:9" ht="20.25">
+      <c r="A361" s="17"/>
+      <c r="B361" s="15"/>
+      <c r="C361" s="17"/>
+      <c r="D361" s="14"/>
+      <c r="E361" s="17"/>
+      <c r="F361" s="17"/>
+      <c r="G361" s="17"/>
+      <c r="H361" s="11"/>
+      <c r="I361" s="17"/>
+    </row>
+    <row r="362" spans="1:9" ht="20.25">
+      <c r="A362" s="17"/>
+      <c r="B362" s="15"/>
+      <c r="C362" s="17"/>
+      <c r="D362" s="14"/>
+      <c r="E362" s="17"/>
+      <c r="F362" s="17"/>
+      <c r="G362" s="17"/>
+      <c r="H362" s="11"/>
+      <c r="I362" s="17"/>
+    </row>
+    <row r="363" spans="1:9" ht="20.25">
+      <c r="A363" s="17"/>
+      <c r="B363" s="15"/>
+      <c r="C363" s="17"/>
+      <c r="D363" s="14"/>
+      <c r="E363" s="17"/>
+      <c r="F363" s="17"/>
+      <c r="G363" s="17"/>
+      <c r="H363" s="11"/>
+      <c r="I363" s="17"/>
+    </row>
+    <row r="364" spans="1:9" ht="20.25">
+      <c r="A364" s="17"/>
+      <c r="B364" s="15"/>
+      <c r="C364" s="17"/>
+      <c r="D364" s="14"/>
+      <c r="E364" s="17"/>
+      <c r="F364" s="17"/>
+      <c r="G364" s="17"/>
+      <c r="H364" s="11"/>
+      <c r="I364" s="17"/>
+    </row>
+    <row r="365" spans="1:9" ht="20.25">
+      <c r="A365" s="17"/>
+      <c r="B365" s="15"/>
+      <c r="C365" s="17"/>
+      <c r="D365" s="14"/>
+      <c r="E365" s="17"/>
+      <c r="F365" s="17"/>
+      <c r="G365" s="17"/>
+      <c r="H365" s="11"/>
+      <c r="I365" s="17"/>
+    </row>
+    <row r="366" spans="1:9" ht="20.25">
+      <c r="A366" s="17"/>
+      <c r="B366" s="15"/>
+      <c r="C366" s="17"/>
+      <c r="D366" s="14"/>
+      <c r="E366" s="17"/>
+      <c r="F366" s="17"/>
+      <c r="G366" s="17"/>
+      <c r="H366" s="11"/>
+      <c r="I366" s="17"/>
+    </row>
+    <row r="367" spans="1:9" ht="20.25">
+      <c r="A367" s="17"/>
+      <c r="B367" s="15"/>
+      <c r="C367" s="17"/>
+      <c r="D367" s="14"/>
+      <c r="E367" s="17"/>
+      <c r="F367" s="17"/>
+      <c r="G367" s="17"/>
+      <c r="H367" s="11"/>
+      <c r="I367" s="17"/>
+    </row>
+    <row r="368" spans="1:9" ht="20.25">
+      <c r="A368" s="17"/>
+      <c r="B368" s="15"/>
+      <c r="C368" s="17"/>
+      <c r="D368" s="14"/>
+      <c r="E368" s="17"/>
+      <c r="F368" s="17"/>
+      <c r="G368" s="17"/>
+      <c r="H368" s="11"/>
+      <c r="I368" s="17"/>
+    </row>
+    <row r="369" spans="1:9" ht="20.25">
+      <c r="A369" s="17"/>
+      <c r="B369" s="15"/>
+      <c r="C369" s="17"/>
+      <c r="D369" s="14"/>
+      <c r="E369" s="17"/>
+      <c r="F369" s="17"/>
+      <c r="G369" s="17"/>
+      <c r="H369" s="11"/>
+      <c r="I369" s="17"/>
+    </row>
+    <row r="370" spans="1:9" ht="20.25">
+      <c r="A370" s="17"/>
+      <c r="B370" s="15"/>
+      <c r="C370" s="17"/>
+      <c r="D370" s="14"/>
+      <c r="E370" s="17"/>
+      <c r="F370" s="17"/>
+      <c r="G370" s="17"/>
+      <c r="H370" s="11"/>
+      <c r="I370" s="17"/>
+    </row>
+    <row r="371" spans="1:9" ht="20.25">
+      <c r="A371" s="17"/>
+      <c r="B371" s="15"/>
+      <c r="C371" s="17"/>
+      <c r="D371" s="14"/>
+      <c r="E371" s="17"/>
+      <c r="F371" s="17"/>
+      <c r="G371" s="17"/>
+      <c r="H371" s="11"/>
+      <c r="I371" s="17"/>
+    </row>
+    <row r="372" spans="1:9" ht="20.25">
+      <c r="A372" s="17"/>
+      <c r="B372" s="15"/>
+      <c r="C372" s="17"/>
+      <c r="D372" s="14"/>
+      <c r="E372" s="17"/>
+      <c r="F372" s="17"/>
+      <c r="G372" s="17"/>
+      <c r="H372" s="11"/>
+      <c r="I372" s="17"/>
+    </row>
+    <row r="373" spans="1:9" ht="20.25">
+      <c r="A373" s="17"/>
+      <c r="B373" s="15"/>
+      <c r="C373" s="17"/>
+      <c r="D373" s="14"/>
+      <c r="E373" s="17"/>
+      <c r="F373" s="17"/>
+      <c r="G373" s="17"/>
+      <c r="H373" s="11"/>
+      <c r="I373" s="17"/>
+    </row>
+    <row r="374" spans="1:9" ht="20.25">
+      <c r="A374" s="17"/>
+      <c r="B374" s="15"/>
+      <c r="C374" s="17"/>
+      <c r="D374" s="14"/>
+      <c r="E374" s="17"/>
+      <c r="F374" s="17"/>
+      <c r="G374" s="17"/>
+      <c r="H374" s="11"/>
+      <c r="I374" s="17"/>
+    </row>
+    <row r="375" spans="1:9" ht="20.25">
+      <c r="A375" s="17"/>
+      <c r="B375" s="15"/>
+      <c r="C375" s="17"/>
+      <c r="D375" s="14"/>
+      <c r="E375" s="17"/>
+      <c r="F375" s="17"/>
+      <c r="G375" s="17"/>
+      <c r="H375" s="11"/>
+      <c r="I375" s="17"/>
+    </row>
+    <row r="376" spans="1:9" ht="20.25">
+      <c r="A376" s="17"/>
+      <c r="B376" s="15"/>
+      <c r="C376" s="17"/>
+      <c r="D376" s="14"/>
+      <c r="E376" s="17"/>
+      <c r="F376" s="17"/>
+      <c r="G376" s="17"/>
+      <c r="H376" s="11"/>
+      <c r="I376" s="17"/>
+    </row>
+    <row r="377" spans="1:9" ht="20.25">
+      <c r="A377" s="17"/>
+      <c r="B377" s="15"/>
+      <c r="C377" s="17"/>
+      <c r="D377" s="14"/>
+      <c r="E377" s="17"/>
+      <c r="F377" s="17"/>
+      <c r="G377" s="17"/>
+      <c r="H377" s="11"/>
+      <c r="I377" s="17"/>
+    </row>
+    <row r="378" spans="1:9" ht="20.25">
+      <c r="A378" s="17"/>
+      <c r="B378" s="15"/>
+      <c r="C378" s="17"/>
+      <c r="D378" s="14"/>
+      <c r="E378" s="17"/>
+      <c r="F378" s="17"/>
+      <c r="G378" s="17"/>
+      <c r="H378" s="11"/>
+      <c r="I378" s="17"/>
+    </row>
+    <row r="379" spans="1:9" ht="20.25">
+      <c r="A379" s="17"/>
+      <c r="B379" s="15"/>
+      <c r="C379" s="17"/>
+      <c r="D379" s="14"/>
+      <c r="E379" s="17"/>
+      <c r="F379" s="17"/>
+      <c r="G379" s="17"/>
+      <c r="H379" s="11"/>
+      <c r="I379" s="17"/>
+    </row>
+    <row r="380" spans="1:9" ht="20.25">
+      <c r="A380" s="17"/>
+      <c r="B380" s="15"/>
+      <c r="C380" s="17"/>
+      <c r="D380" s="14"/>
+      <c r="E380" s="17"/>
+      <c r="F380" s="17"/>
+      <c r="G380" s="17"/>
+      <c r="H380" s="11"/>
+      <c r="I380" s="17"/>
+    </row>
+    <row r="381" spans="1:9" ht="20.25">
+      <c r="A381" s="17"/>
+      <c r="B381" s="15"/>
+      <c r="C381" s="17"/>
+      <c r="D381" s="14"/>
+      <c r="E381" s="17"/>
+      <c r="F381" s="17"/>
+      <c r="G381" s="17"/>
+      <c r="H381" s="11"/>
+      <c r="I381" s="17"/>
+    </row>
+    <row r="382" spans="1:9" ht="20.25">
+      <c r="A382" s="17"/>
+      <c r="B382" s="15"/>
+      <c r="C382" s="17"/>
+      <c r="D382" s="14"/>
+      <c r="E382" s="17"/>
+      <c r="F382" s="17"/>
+      <c r="G382" s="17"/>
+      <c r="H382" s="11"/>
+      <c r="I382" s="17"/>
+    </row>
+    <row r="383" spans="1:9" ht="20.25">
+      <c r="A383" s="17"/>
+      <c r="B383" s="15"/>
+      <c r="C383" s="17"/>
+      <c r="D383" s="14"/>
+      <c r="E383" s="17"/>
+      <c r="F383" s="17"/>
+      <c r="G383" s="17"/>
+      <c r="H383" s="11"/>
+      <c r="I383" s="17"/>
+    </row>
+    <row r="384" spans="1:9" ht="20.25">
+      <c r="A384" s="17"/>
+      <c r="B384" s="15"/>
+      <c r="C384" s="17"/>
+      <c r="D384" s="14"/>
+      <c r="E384" s="17"/>
+      <c r="F384" s="17"/>
+      <c r="G384" s="17"/>
+      <c r="H384" s="11"/>
+      <c r="I384" s="17"/>
+    </row>
+    <row r="385" spans="1:9" ht="20.25">
+      <c r="A385" s="17"/>
+      <c r="B385" s="15"/>
+      <c r="C385" s="17"/>
+      <c r="D385" s="14"/>
+      <c r="E385" s="17"/>
+      <c r="F385" s="17"/>
+      <c r="G385" s="17"/>
+      <c r="H385" s="11"/>
+      <c r="I385" s="17"/>
+    </row>
+    <row r="386" spans="1:9" ht="20.25">
+      <c r="A386" s="17"/>
+      <c r="B386" s="15"/>
+      <c r="C386" s="17"/>
+      <c r="D386" s="14"/>
+      <c r="E386" s="17"/>
+      <c r="F386" s="17"/>
+      <c r="G386" s="17"/>
+      <c r="H386" s="11"/>
+      <c r="I386" s="17"/>
+    </row>
+    <row r="387" spans="1:9" ht="20.25">
+      <c r="A387" s="17"/>
+      <c r="B387" s="15"/>
+      <c r="C387" s="17"/>
+      <c r="D387" s="14"/>
+      <c r="E387" s="17"/>
+      <c r="F387" s="17"/>
+      <c r="G387" s="17"/>
+      <c r="H387" s="11"/>
+      <c r="I387" s="17"/>
+    </row>
+    <row r="388" spans="1:9" ht="20.25">
+      <c r="A388" s="17"/>
+      <c r="B388" s="15"/>
+      <c r="C388" s="17"/>
+      <c r="D388" s="14"/>
+      <c r="E388" s="17"/>
+      <c r="F388" s="17"/>
+      <c r="G388" s="17"/>
+      <c r="H388" s="11"/>
+      <c r="I388" s="17"/>
+    </row>
+    <row r="389" spans="1:9" ht="20.25">
+      <c r="A389" s="17"/>
+      <c r="B389" s="15"/>
+      <c r="C389" s="17"/>
+      <c r="D389" s="14"/>
+      <c r="E389" s="17"/>
+      <c r="F389" s="17"/>
+      <c r="G389" s="17"/>
+      <c r="H389" s="11"/>
+      <c r="I389" s="17"/>
+    </row>
+    <row r="390" spans="1:9" ht="20.25">
+      <c r="A390" s="17"/>
+      <c r="B390" s="15"/>
+      <c r="C390" s="17"/>
+      <c r="D390" s="14"/>
+      <c r="E390" s="17"/>
+      <c r="F390" s="17"/>
+      <c r="G390" s="17"/>
+      <c r="H390" s="11"/>
+      <c r="I390" s="17"/>
+    </row>
+    <row r="391" spans="1:9" ht="20.25">
+      <c r="A391" s="17"/>
+      <c r="B391" s="15"/>
+      <c r="C391" s="17"/>
+      <c r="D391" s="14"/>
+      <c r="E391" s="17"/>
+      <c r="F391" s="17"/>
+      <c r="G391" s="17"/>
+      <c r="H391" s="11"/>
+      <c r="I391" s="17"/>
+    </row>
+    <row r="392" spans="1:9" ht="20.25">
+      <c r="A392" s="17"/>
+      <c r="B392" s="15"/>
+      <c r="C392" s="17"/>
+      <c r="D392" s="14"/>
+      <c r="E392" s="17"/>
+      <c r="F392" s="17"/>
+      <c r="G392" s="17"/>
+      <c r="H392" s="11"/>
+      <c r="I392" s="17"/>
+    </row>
+    <row r="393" spans="1:9" ht="20.25">
+      <c r="A393" s="17"/>
+      <c r="B393" s="15"/>
+      <c r="C393" s="17"/>
+      <c r="D393" s="14"/>
+      <c r="E393" s="17"/>
+      <c r="F393" s="17"/>
+      <c r="G393" s="17"/>
+      <c r="H393" s="11"/>
+      <c r="I393" s="17"/>
+    </row>
+    <row r="394" spans="1:9" ht="20.25">
+      <c r="A394" s="17"/>
+      <c r="B394" s="15"/>
+      <c r="C394" s="17"/>
+      <c r="D394" s="14"/>
+      <c r="E394" s="17"/>
+      <c r="F394" s="17"/>
+      <c r="G394" s="17"/>
+      <c r="H394" s="11"/>
+      <c r="I394" s="17"/>
+    </row>
+    <row r="395" spans="1:9" ht="20.25">
+      <c r="A395" s="17"/>
+      <c r="B395" s="15"/>
+      <c r="C395" s="17"/>
+      <c r="D395" s="14"/>
+      <c r="E395" s="17"/>
+      <c r="F395" s="17"/>
+      <c r="G395" s="17"/>
+      <c r="H395" s="11"/>
+      <c r="I395" s="17"/>
+    </row>
+    <row r="396" spans="1:9" ht="20.25">
+      <c r="A396" s="17"/>
+      <c r="B396" s="15"/>
+      <c r="C396" s="17"/>
+      <c r="D396" s="14"/>
+      <c r="E396" s="17"/>
+      <c r="F396" s="17"/>
+      <c r="G396" s="17"/>
+      <c r="H396" s="11"/>
+      <c r="I396" s="17"/>
+    </row>
+    <row r="397" spans="1:9" ht="20.25">
+      <c r="A397" s="17"/>
+      <c r="B397" s="15"/>
+      <c r="C397" s="17"/>
+      <c r="D397" s="14"/>
+      <c r="E397" s="17"/>
+      <c r="F397" s="17"/>
+      <c r="G397" s="17"/>
+      <c r="H397" s="11"/>
+      <c r="I397" s="17"/>
+    </row>
+    <row r="398" spans="1:9" ht="20.25">
+      <c r="A398" s="17"/>
+      <c r="B398" s="15"/>
+      <c r="C398" s="17"/>
+      <c r="D398" s="14"/>
+      <c r="E398" s="17"/>
+      <c r="F398" s="17"/>
+      <c r="G398" s="17"/>
+      <c r="H398" s="11"/>
+      <c r="I398" s="17"/>
+    </row>
+    <row r="399" spans="1:9" ht="20.25">
+      <c r="A399" s="17"/>
+      <c r="B399" s="15"/>
+      <c r="C399" s="17"/>
+      <c r="D399" s="14"/>
+      <c r="E399" s="17"/>
+      <c r="F399" s="17"/>
+      <c r="G399" s="17"/>
+      <c r="H399" s="11"/>
+      <c r="I399" s="17"/>
+    </row>
+    <row r="400" spans="1:9" ht="20.25">
+      <c r="A400" s="17"/>
+      <c r="B400" s="15"/>
+      <c r="C400" s="17"/>
+      <c r="D400" s="14"/>
+      <c r="E400" s="17"/>
+      <c r="F400" s="17"/>
+      <c r="G400" s="17"/>
+      <c r="H400" s="11"/>
+      <c r="I400" s="17"/>
+    </row>
+    <row r="401" spans="1:9" ht="20.25">
+      <c r="A401" s="17"/>
+      <c r="B401" s="15"/>
+      <c r="C401" s="17"/>
+      <c r="D401" s="14"/>
+      <c r="E401" s="17"/>
+      <c r="F401" s="17"/>
+      <c r="G401" s="17"/>
+      <c r="H401" s="11"/>
+      <c r="I401" s="17"/>
+    </row>
+    <row r="402" spans="1:9" ht="20.25">
+      <c r="A402" s="17"/>
+      <c r="B402" s="15"/>
+      <c r="C402" s="17"/>
+      <c r="D402" s="14"/>
+      <c r="E402" s="17"/>
+      <c r="F402" s="17"/>
+      <c r="G402" s="17"/>
+      <c r="H402" s="11"/>
+      <c r="I402" s="17"/>
+    </row>
+    <row r="403" spans="1:9" ht="20.25">
+      <c r="A403" s="17"/>
+      <c r="B403" s="15"/>
+      <c r="C403" s="17"/>
+      <c r="D403" s="14"/>
+      <c r="E403" s="17"/>
+      <c r="F403" s="17"/>
+      <c r="G403" s="17"/>
+      <c r="H403" s="11"/>
+      <c r="I403" s="17"/>
+    </row>
+    <row r="404" spans="1:9" ht="20.25">
+      <c r="A404" s="17"/>
+      <c r="B404" s="15"/>
+      <c r="C404" s="17"/>
+      <c r="D404" s="14"/>
+      <c r="E404" s="17"/>
+      <c r="F404" s="17"/>
+      <c r="G404" s="17"/>
+      <c r="H404" s="11"/>
+      <c r="I404" s="17"/>
+    </row>
+    <row r="405" spans="1:9" ht="20.25">
+      <c r="A405" s="17"/>
+      <c r="B405" s="15"/>
+      <c r="C405" s="17"/>
+      <c r="D405" s="14"/>
+      <c r="E405" s="17"/>
+      <c r="F405" s="17"/>
+      <c r="G405" s="17"/>
+      <c r="H405" s="11"/>
+      <c r="I405" s="17"/>
+    </row>
+    <row r="406" spans="1:9" ht="20.25">
+      <c r="A406" s="17"/>
+      <c r="B406" s="15"/>
+      <c r="C406" s="17"/>
+      <c r="D406" s="14"/>
+      <c r="E406" s="17"/>
+      <c r="F406" s="17"/>
+      <c r="G406" s="17"/>
+      <c r="H406" s="11"/>
+      <c r="I406" s="17"/>
+    </row>
+    <row r="407" spans="1:9" ht="20.25">
+      <c r="A407" s="17"/>
+      <c r="B407" s="15"/>
+      <c r="C407" s="17"/>
+      <c r="D407" s="14"/>
+      <c r="E407" s="17"/>
+      <c r="F407" s="17"/>
+      <c r="G407" s="17"/>
+      <c r="H407" s="11"/>
+      <c r="I407" s="17"/>
+    </row>
+    <row r="408" spans="1:9" ht="20.25">
+      <c r="A408" s="17"/>
+      <c r="B408" s="15"/>
+      <c r="C408" s="17"/>
+      <c r="D408" s="14"/>
+      <c r="E408" s="17"/>
+      <c r="F408" s="17"/>
+      <c r="G408" s="17"/>
+      <c r="H408" s="11"/>
+      <c r="I408" s="17"/>
+    </row>
+    <row r="409" spans="1:9" ht="20.25">
+      <c r="A409" s="17"/>
+      <c r="B409" s="15"/>
+      <c r="C409" s="17"/>
+      <c r="D409" s="14"/>
+      <c r="E409" s="17"/>
+      <c r="F409" s="17"/>
+      <c r="G409" s="17"/>
+      <c r="H409" s="11"/>
+      <c r="I409" s="17"/>
+    </row>
+    <row r="410" spans="1:9" ht="20.25">
+      <c r="A410" s="17"/>
+      <c r="B410" s="15"/>
+      <c r="C410" s="17"/>
+      <c r="D410" s="14"/>
+      <c r="E410" s="17"/>
+      <c r="F410" s="17"/>
+      <c r="G410" s="17"/>
+      <c r="H410" s="11"/>
+      <c r="I410" s="17"/>
+    </row>
+    <row r="411" spans="1:9" ht="20.25">
+      <c r="A411" s="17"/>
+      <c r="B411" s="15"/>
+      <c r="C411" s="17"/>
+      <c r="D411" s="14"/>
+      <c r="E411" s="17"/>
+      <c r="F411" s="17"/>
+      <c r="G411" s="17"/>
+      <c r="H411" s="11"/>
+      <c r="I411" s="17"/>
+    </row>
+    <row r="412" spans="1:9" ht="20.25">
+      <c r="A412" s="17"/>
+      <c r="B412" s="15"/>
+      <c r="C412" s="17"/>
+      <c r="D412" s="14"/>
+      <c r="E412" s="17"/>
+      <c r="F412" s="17"/>
+      <c r="G412" s="17"/>
+      <c r="H412" s="11"/>
+      <c r="I412" s="17"/>
+    </row>
+    <row r="413" spans="1:9" ht="20.25">
+      <c r="A413" s="17"/>
+      <c r="B413" s="15"/>
+      <c r="C413" s="17"/>
+      <c r="D413" s="14"/>
+      <c r="E413" s="17"/>
+      <c r="F413" s="17"/>
+      <c r="G413" s="17"/>
+      <c r="H413" s="11"/>
+      <c r="I413" s="17"/>
+    </row>
+    <row r="414" spans="1:9" ht="20.25">
+      <c r="A414" s="17"/>
+      <c r="B414" s="15"/>
+      <c r="C414" s="17"/>
+      <c r="D414" s="14"/>
+      <c r="E414" s="17"/>
+      <c r="F414" s="17"/>
+      <c r="G414" s="17"/>
+      <c r="H414" s="11"/>
+      <c r="I414" s="17"/>
+    </row>
+    <row r="415" spans="1:9" ht="20.25">
+      <c r="A415" s="17"/>
+      <c r="B415" s="15"/>
+      <c r="C415" s="17"/>
+      <c r="D415" s="14"/>
+      <c r="E415" s="17"/>
+      <c r="F415" s="17"/>
+      <c r="G415" s="17"/>
+      <c r="H415" s="11"/>
+      <c r="I415" s="17"/>
+    </row>
+    <row r="416" spans="1:9" ht="20.25">
+      <c r="A416" s="17"/>
+      <c r="B416" s="15"/>
+      <c r="C416" s="17"/>
+      <c r="D416" s="14"/>
+      <c r="E416" s="17"/>
+      <c r="F416" s="17"/>
+      <c r="G416" s="17"/>
+      <c r="H416" s="11"/>
+      <c r="I416" s="17"/>
+    </row>
+    <row r="417" spans="1:9" ht="20.25">
+      <c r="A417" s="17"/>
+      <c r="B417" s="15"/>
+      <c r="C417" s="17"/>
+      <c r="D417" s="14"/>
+      <c r="E417" s="17"/>
+      <c r="F417" s="17"/>
+      <c r="G417" s="17"/>
+      <c r="H417" s="11"/>
+      <c r="I417" s="17"/>
+    </row>
+    <row r="418" spans="1:9" ht="20.25">
+      <c r="A418" s="17"/>
+      <c r="B418" s="15"/>
+      <c r="C418" s="17"/>
+      <c r="D418" s="14"/>
+      <c r="E418" s="17"/>
+      <c r="F418" s="17"/>
+      <c r="G418" s="17"/>
+      <c r="H418" s="11"/>
+      <c r="I418" s="17"/>
+    </row>
+    <row r="419" spans="1:9" ht="20.25">
+      <c r="A419" s="17"/>
+      <c r="B419" s="15"/>
+      <c r="C419" s="17"/>
+      <c r="D419" s="14"/>
+      <c r="E419" s="17"/>
+      <c r="F419" s="17"/>
+      <c r="G419" s="17"/>
+      <c r="H419" s="11"/>
+      <c r="I419" s="17"/>
+    </row>
+    <row r="420" spans="1:9" ht="20.25">
+      <c r="A420" s="17"/>
+      <c r="B420" s="15"/>
+      <c r="C420" s="17"/>
+      <c r="D420" s="14"/>
+      <c r="E420" s="17"/>
+      <c r="F420" s="17"/>
+      <c r="G420" s="17"/>
+      <c r="H420" s="11"/>
+      <c r="I420" s="17"/>
+    </row>
+    <row r="421" spans="1:9" ht="20.25">
+      <c r="A421" s="17"/>
+      <c r="B421" s="15"/>
+      <c r="C421" s="17"/>
+      <c r="D421" s="14"/>
+      <c r="E421" s="17"/>
+      <c r="F421" s="17"/>
+      <c r="G421" s="17"/>
+      <c r="H421" s="11"/>
+      <c r="I421" s="17"/>
+    </row>
+    <row r="422" spans="1:9" ht="20.25">
+      <c r="A422" s="17"/>
+      <c r="B422" s="15"/>
+      <c r="C422" s="17"/>
+      <c r="D422" s="14"/>
+      <c r="E422" s="17"/>
+      <c r="F422" s="17"/>
+      <c r="G422" s="17"/>
+      <c r="H422" s="11"/>
+      <c r="I422" s="17"/>
+    </row>
+    <row r="423" spans="1:9" ht="20.25">
+      <c r="A423" s="17"/>
+      <c r="B423" s="15"/>
+      <c r="C423" s="17"/>
+      <c r="D423" s="14"/>
+      <c r="E423" s="17"/>
+      <c r="F423" s="17"/>
+      <c r="G423" s="17"/>
+      <c r="H423" s="11"/>
+      <c r="I423" s="17"/>
+    </row>
+    <row r="424" spans="1:9" ht="20.25">
+      <c r="A424" s="17"/>
+      <c r="B424" s="15"/>
+      <c r="C424" s="17"/>
+      <c r="D424" s="14"/>
+      <c r="E424" s="17"/>
+      <c r="F424" s="17"/>
+      <c r="G424" s="17"/>
+      <c r="H424" s="11"/>
+      <c r="I424" s="17"/>
+    </row>
+    <row r="425" spans="1:9" ht="20.25">
+      <c r="A425" s="17"/>
+      <c r="B425" s="15"/>
+      <c r="C425" s="17"/>
+      <c r="D425" s="14"/>
+      <c r="E425" s="17"/>
+      <c r="F425" s="17"/>
+      <c r="G425" s="17"/>
+      <c r="H425" s="11"/>
+      <c r="I425" s="17"/>
+    </row>
+    <row r="426" spans="1:9" ht="20.25">
+      <c r="A426" s="17"/>
+      <c r="B426" s="15"/>
+      <c r="C426" s="17"/>
+      <c r="D426" s="14"/>
+      <c r="E426" s="17"/>
+      <c r="F426" s="17"/>
+      <c r="G426" s="17"/>
+      <c r="H426" s="11"/>
+      <c r="I426" s="17"/>
+    </row>
+    <row r="427" spans="1:9" ht="20.25">
+      <c r="A427" s="17"/>
+      <c r="B427" s="15"/>
+      <c r="C427" s="17"/>
+      <c r="D427" s="14"/>
+      <c r="E427" s="17"/>
+      <c r="F427" s="17"/>
+      <c r="G427" s="17"/>
+      <c r="H427" s="11"/>
+      <c r="I427" s="17"/>
+    </row>
+    <row r="428" spans="1:9" ht="20.25">
+      <c r="A428" s="17"/>
+      <c r="B428" s="15"/>
+      <c r="C428" s="17"/>
+      <c r="D428" s="14"/>
+      <c r="E428" s="17"/>
+      <c r="F428" s="17"/>
+      <c r="G428" s="17"/>
+      <c r="H428" s="11"/>
+      <c r="I428" s="17"/>
+    </row>
+    <row r="429" spans="1:9" ht="20.25">
+      <c r="A429" s="17"/>
+      <c r="B429" s="15"/>
+      <c r="C429" s="17"/>
+      <c r="D429" s="14"/>
+      <c r="E429" s="17"/>
+      <c r="F429" s="17"/>
+      <c r="G429" s="17"/>
+      <c r="H429" s="11"/>
+      <c r="I429" s="17"/>
+    </row>
+    <row r="430" spans="1:9" ht="20.25">
+      <c r="A430" s="17"/>
+      <c r="B430" s="15"/>
+      <c r="C430" s="17"/>
+      <c r="D430" s="14"/>
+      <c r="E430" s="17"/>
+      <c r="F430" s="17"/>
+      <c r="G430" s="17"/>
+      <c r="H430" s="11"/>
+      <c r="I430" s="17"/>
+    </row>
+    <row r="431" spans="1:9" ht="20.25">
+      <c r="A431" s="17"/>
+      <c r="B431" s="15"/>
+      <c r="C431" s="17"/>
+      <c r="D431" s="14"/>
+      <c r="E431" s="17"/>
+      <c r="F431" s="17"/>
+      <c r="G431" s="17"/>
+      <c r="H431" s="11"/>
+      <c r="I431" s="17"/>
+    </row>
+    <row r="432" spans="1:9" ht="20.25">
+      <c r="A432" s="17"/>
+      <c r="B432" s="15"/>
+      <c r="C432" s="17"/>
+      <c r="D432" s="14"/>
+      <c r="E432" s="17"/>
+      <c r="F432" s="17"/>
+      <c r="G432" s="17"/>
+      <c r="H432" s="11"/>
+      <c r="I432" s="17"/>
+    </row>
+    <row r="433" spans="1:9" ht="20.25">
+      <c r="A433" s="17"/>
+      <c r="B433" s="15"/>
+      <c r="C433" s="17"/>
+      <c r="D433" s="14"/>
+      <c r="E433" s="17"/>
+      <c r="F433" s="17"/>
+      <c r="G433" s="17"/>
+      <c r="H433" s="11"/>
+      <c r="I433" s="17"/>
+    </row>
+    <row r="434" spans="1:9" ht="20.25">
+      <c r="A434" s="17"/>
+      <c r="B434" s="15"/>
+      <c r="C434" s="17"/>
+      <c r="D434" s="14"/>
+      <c r="E434" s="17"/>
+      <c r="F434" s="17"/>
+      <c r="G434" s="17"/>
+      <c r="H434" s="11"/>
+      <c r="I434" s="17"/>
+    </row>
+    <row r="435" spans="1:9" ht="20.25">
+      <c r="A435" s="17"/>
+      <c r="B435" s="15"/>
+      <c r="C435" s="17"/>
+      <c r="D435" s="14"/>
+      <c r="E435" s="17"/>
+      <c r="F435" s="17"/>
+      <c r="G435" s="17"/>
+      <c r="H435" s="11"/>
+      <c r="I435" s="17"/>
+    </row>
+    <row r="436" spans="1:9" ht="20.25">
+      <c r="A436" s="17"/>
+      <c r="B436" s="15"/>
+      <c r="C436" s="17"/>
+      <c r="D436" s="14"/>
+      <c r="E436" s="17"/>
+      <c r="F436" s="17"/>
+      <c r="G436" s="17"/>
+      <c r="H436" s="11"/>
+      <c r="I436" s="17"/>
+    </row>
+    <row r="437" spans="1:9" ht="20.25">
+      <c r="A437" s="17"/>
+      <c r="B437" s="15"/>
+      <c r="C437" s="17"/>
+      <c r="D437" s="14"/>
+      <c r="E437" s="17"/>
+      <c r="F437" s="17"/>
+      <c r="G437" s="17"/>
+      <c r="H437" s="11"/>
+      <c r="I437" s="17"/>
+    </row>
+    <row r="438" spans="1:9" ht="20.25">
+      <c r="A438" s="17"/>
+      <c r="B438" s="15"/>
+      <c r="C438" s="17"/>
+      <c r="D438" s="14"/>
+      <c r="E438" s="17"/>
+      <c r="F438" s="17"/>
+      <c r="G438" s="17"/>
+      <c r="H438" s="11"/>
+      <c r="I438" s="17"/>
+    </row>
+    <row r="439" spans="1:9" ht="20.25">
+      <c r="A439" s="17"/>
+      <c r="B439" s="15"/>
+      <c r="C439" s="17"/>
+      <c r="D439" s="14"/>
+      <c r="E439" s="17"/>
+      <c r="F439" s="17"/>
+      <c r="G439" s="17"/>
+      <c r="H439" s="11"/>
+      <c r="I439" s="17"/>
+    </row>
+    <row r="440" spans="1:9" ht="20.25">
+      <c r="A440" s="17"/>
+      <c r="B440" s="15"/>
+      <c r="C440" s="17"/>
+      <c r="D440" s="14"/>
+      <c r="E440" s="17"/>
+      <c r="F440" s="17"/>
+      <c r="G440" s="17"/>
+      <c r="H440" s="11"/>
+      <c r="I440" s="17"/>
+    </row>
+    <row r="441" spans="1:9" ht="20.25">
+      <c r="A441" s="17"/>
+      <c r="B441" s="15"/>
+      <c r="C441" s="17"/>
+      <c r="D441" s="14"/>
+      <c r="E441" s="17"/>
+      <c r="F441" s="17"/>
+      <c r="G441" s="17"/>
+      <c r="H441" s="11"/>
+      <c r="I441" s="17"/>
+    </row>
+    <row r="442" spans="1:9" ht="20.25">
+      <c r="A442" s="17"/>
+      <c r="B442" s="15"/>
+      <c r="C442" s="17"/>
+      <c r="D442" s="14"/>
+      <c r="E442" s="17"/>
+      <c r="F442" s="17"/>
+      <c r="G442" s="17"/>
+      <c r="H442" s="11"/>
+      <c r="I442" s="17"/>
+    </row>
+    <row r="443" spans="1:9" ht="20.25">
+      <c r="A443" s="17"/>
+      <c r="B443" s="15"/>
+      <c r="C443" s="17"/>
+      <c r="D443" s="14"/>
+      <c r="E443" s="17"/>
+      <c r="F443" s="17"/>
+      <c r="G443" s="17"/>
+      <c r="H443" s="11"/>
+      <c r="I443" s="17"/>
+    </row>
+    <row r="444" spans="1:9" ht="20.25">
+      <c r="A444" s="17"/>
+      <c r="B444" s="15"/>
+      <c r="C444" s="17"/>
+      <c r="D444" s="14"/>
+      <c r="E444" s="17"/>
+      <c r="F444" s="17"/>
+      <c r="G444" s="17"/>
+      <c r="H444" s="11"/>
+      <c r="I444" s="17"/>
+    </row>
+    <row r="445" spans="1:9" ht="20.25">
+      <c r="A445" s="17"/>
+      <c r="B445" s="15"/>
+      <c r="C445" s="17"/>
+      <c r="D445" s="14"/>
+      <c r="E445" s="17"/>
+      <c r="F445" s="17"/>
+      <c r="G445" s="17"/>
+      <c r="H445" s="11"/>
+      <c r="I445" s="17"/>
+    </row>
+    <row r="446" spans="1:9" ht="20.25">
+      <c r="A446" s="17"/>
+      <c r="B446" s="15"/>
+      <c r="C446" s="17"/>
+      <c r="D446" s="14"/>
+      <c r="E446" s="17"/>
+      <c r="F446" s="17"/>
+      <c r="G446" s="17"/>
+      <c r="H446" s="11"/>
+      <c r="I446" s="17"/>
+    </row>
+    <row r="447" spans="1:9" ht="20.25">
+      <c r="A447" s="17"/>
+      <c r="B447" s="15"/>
+      <c r="C447" s="17"/>
+      <c r="D447" s="14"/>
+      <c r="E447" s="17"/>
+      <c r="F447" s="17"/>
+      <c r="G447" s="17"/>
+      <c r="H447" s="11"/>
+      <c r="I447" s="17"/>
+    </row>
+    <row r="448" spans="1:9" ht="20.25">
+      <c r="A448" s="17"/>
+      <c r="B448" s="15"/>
+      <c r="C448" s="17"/>
+      <c r="D448" s="14"/>
+      <c r="E448" s="17"/>
+      <c r="F448" s="17"/>
+      <c r="G448" s="17"/>
+      <c r="H448" s="11"/>
+      <c r="I448" s="17"/>
+    </row>
+    <row r="449" spans="1:9" ht="20.25">
+      <c r="A449" s="17"/>
+      <c r="B449" s="15"/>
+      <c r="C449" s="17"/>
+      <c r="D449" s="14"/>
+      <c r="E449" s="17"/>
+      <c r="F449" s="17"/>
+      <c r="G449" s="17"/>
+      <c r="H449" s="11"/>
+      <c r="I449" s="17"/>
+    </row>
+    <row r="450" spans="1:9" ht="20.25">
+      <c r="A450" s="17"/>
+      <c r="B450" s="15"/>
+      <c r="C450" s="17"/>
+      <c r="D450" s="14"/>
+      <c r="E450" s="17"/>
+      <c r="F450" s="17"/>
+      <c r="G450" s="17"/>
+      <c r="H450" s="11"/>
+      <c r="I450" s="17"/>
+    </row>
+    <row r="451" spans="1:9" ht="20.25">
+      <c r="A451" s="17"/>
+      <c r="B451" s="15"/>
+      <c r="C451" s="17"/>
+      <c r="D451" s="14"/>
+      <c r="E451" s="17"/>
+      <c r="F451" s="17"/>
+      <c r="G451" s="17"/>
+      <c r="H451" s="11"/>
+      <c r="I451" s="17"/>
+    </row>
+    <row r="452" spans="1:9" ht="20.25">
+      <c r="A452" s="17"/>
+      <c r="B452" s="15"/>
+      <c r="C452" s="17"/>
+      <c r="D452" s="14"/>
+      <c r="E452" s="17"/>
+      <c r="F452" s="17"/>
+      <c r="G452" s="17"/>
+      <c r="H452" s="11"/>
+      <c r="I452" s="17"/>
+    </row>
+    <row r="453" spans="1:9" ht="20.25">
+      <c r="A453" s="17"/>
+      <c r="B453" s="15"/>
+      <c r="C453" s="17"/>
+      <c r="D453" s="14"/>
+      <c r="E453" s="17"/>
+      <c r="F453" s="17"/>
+      <c r="G453" s="17"/>
+      <c r="H453" s="11"/>
+      <c r="I453" s="17"/>
+    </row>
+    <row r="454" spans="1:9" ht="20.25">
+      <c r="A454" s="17"/>
+      <c r="B454" s="15"/>
+      <c r="C454" s="17"/>
+      <c r="D454" s="14"/>
+      <c r="E454" s="17"/>
+      <c r="F454" s="17"/>
+      <c r="G454" s="17"/>
+      <c r="H454" s="11"/>
+      <c r="I454" s="17"/>
+    </row>
+    <row r="455" spans="1:9" ht="20.25">
+      <c r="A455" s="17"/>
+      <c r="B455" s="15"/>
+      <c r="C455" s="17"/>
+      <c r="D455" s="14"/>
+      <c r="E455" s="17"/>
+      <c r="F455" s="17"/>
+      <c r="G455" s="17"/>
+      <c r="H455" s="11"/>
+      <c r="I455" s="17"/>
+    </row>
+    <row r="456" spans="1:9" ht="20.25">
+      <c r="A456" s="17"/>
+      <c r="B456" s="15"/>
+      <c r="C456" s="17"/>
+      <c r="D456" s="14"/>
+      <c r="E456" s="17"/>
+      <c r="F456" s="17"/>
+      <c r="G456" s="17"/>
+      <c r="H456" s="11"/>
+      <c r="I456" s="17"/>
+    </row>
+    <row r="457" spans="1:9" ht="20.25">
+      <c r="A457" s="17"/>
+      <c r="B457" s="15"/>
+      <c r="C457" s="17"/>
+      <c r="D457" s="14"/>
+      <c r="E457" s="17"/>
+      <c r="F457" s="17"/>
+      <c r="G457" s="17"/>
+      <c r="H457" s="11"/>
+      <c r="I457" s="17"/>
+    </row>
+    <row r="458" spans="1:9" ht="20.25">
+      <c r="A458" s="17"/>
+      <c r="B458" s="15"/>
+      <c r="C458" s="17"/>
+      <c r="D458" s="14"/>
+      <c r="E458" s="17"/>
+      <c r="F458" s="17"/>
+      <c r="G458" s="17"/>
+      <c r="H458" s="11"/>
+      <c r="I458" s="17"/>
+    </row>
+    <row r="459" spans="1:9" ht="20.25">
+      <c r="A459" s="17"/>
+      <c r="B459" s="15"/>
+      <c r="C459" s="17"/>
+      <c r="D459" s="14"/>
+      <c r="E459" s="17"/>
+      <c r="F459" s="17"/>
+      <c r="G459" s="17"/>
+      <c r="H459" s="11"/>
+      <c r="I459" s="17"/>
+    </row>
+    <row r="460" spans="1:9" ht="20.25">
+      <c r="A460" s="17"/>
+      <c r="B460" s="15"/>
+      <c r="C460" s="17"/>
+      <c r="D460" s="14"/>
+      <c r="E460" s="17"/>
+      <c r="F460" s="17"/>
+      <c r="G460" s="17"/>
+      <c r="H460" s="11"/>
+      <c r="I460" s="17"/>
+    </row>
+    <row r="461" spans="1:9" ht="20.25">
+      <c r="A461" s="17"/>
+      <c r="B461" s="15"/>
+      <c r="C461" s="17"/>
+      <c r="D461" s="14"/>
+      <c r="E461" s="17"/>
+      <c r="F461" s="17"/>
+      <c r="G461" s="17"/>
+      <c r="H461" s="11"/>
+      <c r="I461" s="17"/>
+    </row>
+    <row r="462" spans="1:9" ht="20.25">
+      <c r="A462" s="17"/>
+      <c r="B462" s="15"/>
+      <c r="C462" s="17"/>
+      <c r="D462" s="14"/>
+      <c r="E462" s="17"/>
+      <c r="F462" s="17"/>
+      <c r="G462" s="17"/>
+      <c r="H462" s="11"/>
+      <c r="I462" s="17"/>
+    </row>
+    <row r="463" spans="1:9" ht="20.25">
+      <c r="A463" s="17"/>
+      <c r="B463" s="15"/>
+      <c r="C463" s="17"/>
+      <c r="D463" s="14"/>
+      <c r="E463" s="17"/>
+      <c r="F463" s="17"/>
+      <c r="G463" s="17"/>
+      <c r="H463" s="11"/>
+      <c r="I463" s="17"/>
+    </row>
+    <row r="464" spans="1:9" ht="20.25">
+      <c r="A464" s="17"/>
+      <c r="B464" s="15"/>
+      <c r="C464" s="17"/>
+      <c r="D464" s="14"/>
+      <c r="E464" s="17"/>
+      <c r="F464" s="17"/>
+      <c r="G464" s="17"/>
+      <c r="H464" s="11"/>
+      <c r="I464" s="17"/>
+    </row>
+    <row r="465" spans="1:9" ht="20.25">
+      <c r="A465" s="17"/>
+      <c r="B465" s="15"/>
+      <c r="C465" s="17"/>
+      <c r="D465" s="14"/>
+      <c r="E465" s="17"/>
+      <c r="F465" s="17"/>
+      <c r="G465" s="17"/>
+      <c r="H465" s="11"/>
+      <c r="I465" s="17"/>
+    </row>
+    <row r="466" spans="1:9" ht="20.25">
+      <c r="A466" s="17"/>
+      <c r="B466" s="15"/>
+      <c r="C466" s="17"/>
+      <c r="D466" s="14"/>
+      <c r="E466" s="17"/>
+      <c r="F466" s="17"/>
+      <c r="G466" s="17"/>
+      <c r="H466" s="11"/>
+      <c r="I466" s="17"/>
+    </row>
+    <row r="467" spans="1:9" ht="20.25">
+      <c r="A467" s="17"/>
+      <c r="B467" s="15"/>
+      <c r="C467" s="17"/>
+      <c r="D467" s="14"/>
+      <c r="E467" s="17"/>
+      <c r="F467" s="17"/>
+      <c r="G467" s="17"/>
+      <c r="H467" s="11"/>
+      <c r="I467" s="17"/>
+    </row>
+    <row r="468" spans="1:9" ht="20.25">
+      <c r="A468" s="17"/>
+      <c r="B468" s="15"/>
+      <c r="C468" s="17"/>
+      <c r="D468" s="14"/>
+      <c r="E468" s="17"/>
+      <c r="F468" s="17"/>
+      <c r="G468" s="17"/>
+      <c r="H468" s="11"/>
+      <c r="I468" s="17"/>
+    </row>
+    <row r="469" spans="1:9" ht="20.25">
+      <c r="A469" s="17"/>
+      <c r="B469" s="15"/>
+      <c r="C469" s="17"/>
+      <c r="D469" s="14"/>
+      <c r="E469" s="17"/>
+      <c r="F469" s="17"/>
+      <c r="G469" s="17"/>
+      <c r="H469" s="11"/>
+      <c r="I469" s="17"/>
+    </row>
+    <row r="470" spans="1:9" ht="20.25">
+      <c r="A470" s="17"/>
+      <c r="B470" s="15"/>
+      <c r="C470" s="17"/>
+      <c r="D470" s="14"/>
+      <c r="E470" s="17"/>
+      <c r="F470" s="17"/>
+      <c r="G470" s="17"/>
+      <c r="H470" s="11"/>
+      <c r="I470" s="17"/>
+    </row>
+    <row r="471" spans="1:9" ht="20.25">
+      <c r="A471" s="17"/>
+      <c r="B471" s="15"/>
+      <c r="C471" s="17"/>
+      <c r="D471" s="14"/>
+      <c r="E471" s="17"/>
+      <c r="F471" s="17"/>
+      <c r="G471" s="17"/>
+      <c r="H471" s="11"/>
+      <c r="I471" s="17"/>
+    </row>
+    <row r="472" spans="1:9" ht="20.25">
+      <c r="A472" s="17"/>
+      <c r="B472" s="15"/>
+      <c r="C472" s="17"/>
+      <c r="D472" s="14"/>
+      <c r="E472" s="17"/>
+      <c r="F472" s="17"/>
+      <c r="G472" s="17"/>
+      <c r="H472" s="11"/>
+      <c r="I472" s="17"/>
+    </row>
+    <row r="473" spans="1:9" ht="20.25">
+      <c r="A473" s="17"/>
+      <c r="B473" s="15"/>
+      <c r="C473" s="17"/>
+      <c r="D473" s="14"/>
+      <c r="E473" s="17"/>
+      <c r="F473" s="17"/>
+      <c r="G473" s="17"/>
+      <c r="H473" s="11"/>
+      <c r="I473" s="17"/>
+    </row>
+    <row r="474" spans="1:9" ht="20.25">
+      <c r="A474" s="17"/>
+      <c r="B474" s="15"/>
+      <c r="C474" s="17"/>
+      <c r="D474" s="14"/>
+      <c r="E474" s="17"/>
+      <c r="F474" s="17"/>
+      <c r="G474" s="17"/>
+      <c r="H474" s="11"/>
+      <c r="I474" s="17"/>
+    </row>
+    <row r="475" spans="1:9" ht="20.25">
+      <c r="A475" s="17"/>
+      <c r="B475" s="15"/>
+      <c r="C475" s="17"/>
+      <c r="D475" s="14"/>
+      <c r="E475" s="17"/>
+      <c r="F475" s="17"/>
+      <c r="G475" s="17"/>
+      <c r="H475" s="11"/>
+      <c r="I475" s="17"/>
+    </row>
+    <row r="476" spans="1:9" ht="20.25">
+      <c r="A476" s="17"/>
+      <c r="B476" s="15"/>
+      <c r="C476" s="17"/>
+      <c r="D476" s="14"/>
+      <c r="E476" s="17"/>
+      <c r="F476" s="17"/>
+      <c r="G476" s="17"/>
+      <c r="H476" s="11"/>
+      <c r="I476" s="17"/>
+    </row>
+    <row r="477" spans="1:9" ht="20.25">
+      <c r="A477" s="17"/>
+      <c r="B477" s="15"/>
+      <c r="C477" s="17"/>
+      <c r="D477" s="14"/>
+      <c r="E477" s="17"/>
+      <c r="F477" s="17"/>
+      <c r="G477" s="17"/>
+      <c r="H477" s="11"/>
+      <c r="I477" s="17"/>
+    </row>
+    <row r="478" spans="1:9" ht="20.25">
+      <c r="A478" s="17"/>
+      <c r="B478" s="15"/>
+      <c r="C478" s="17"/>
+      <c r="D478" s="14"/>
+      <c r="E478" s="17"/>
+      <c r="F478" s="17"/>
+      <c r="G478" s="17"/>
+      <c r="H478" s="11"/>
+      <c r="I478" s="17"/>
+    </row>
+    <row r="479" spans="1:9" ht="20.25">
+      <c r="A479" s="17"/>
+      <c r="B479" s="15"/>
+      <c r="C479" s="17"/>
+      <c r="D479" s="14"/>
+      <c r="E479" s="17"/>
+      <c r="F479" s="17"/>
+      <c r="G479" s="17"/>
+      <c r="H479" s="11"/>
+      <c r="I479" s="17"/>
+    </row>
+    <row r="480" spans="1:9" ht="20.25">
+      <c r="A480" s="17"/>
+      <c r="B480" s="15"/>
+      <c r="C480" s="17"/>
+      <c r="D480" s="14"/>
+      <c r="E480" s="17"/>
+      <c r="F480" s="17"/>
+      <c r="G480" s="17"/>
+      <c r="H480" s="11"/>
+      <c r="I480" s="17"/>
+    </row>
+    <row r="481" spans="1:9" ht="20.25">
+      <c r="A481" s="17"/>
+      <c r="B481" s="15"/>
+      <c r="C481" s="17"/>
+      <c r="D481" s="14"/>
+      <c r="E481" s="17"/>
+      <c r="F481" s="17"/>
+      <c r="G481" s="17"/>
+      <c r="H481" s="11"/>
+      <c r="I481" s="17"/>
+    </row>
+    <row r="482" spans="1:9" ht="20.25">
+      <c r="A482" s="17"/>
+      <c r="B482" s="15"/>
+      <c r="C482" s="17"/>
+      <c r="D482" s="14"/>
+      <c r="E482" s="17"/>
+      <c r="F482" s="17"/>
+      <c r="G482" s="17"/>
+      <c r="H482" s="11"/>
+      <c r="I482" s="17"/>
+    </row>
+    <row r="483" spans="1:9" ht="20.25">
+      <c r="A483" s="17"/>
+      <c r="B483" s="15"/>
+      <c r="C483" s="17"/>
+      <c r="D483" s="14"/>
+      <c r="E483" s="17"/>
+      <c r="F483" s="17"/>
+      <c r="G483" s="17"/>
+      <c r="H483" s="11"/>
+      <c r="I483" s="17"/>
+    </row>
+    <row r="484" spans="1:9" ht="20.25">
+      <c r="A484" s="17"/>
+      <c r="B484" s="15"/>
+      <c r="C484" s="17"/>
+      <c r="D484" s="14"/>
+      <c r="E484" s="17"/>
+      <c r="F484" s="17"/>
+      <c r="G484" s="17"/>
+      <c r="H484" s="11"/>
+      <c r="I484" s="17"/>
+    </row>
+    <row r="485" spans="1:9" ht="20.25">
+      <c r="A485" s="17"/>
+      <c r="B485" s="15"/>
+      <c r="C485" s="17"/>
+      <c r="D485" s="14"/>
+      <c r="E485" s="17"/>
+      <c r="F485" s="17"/>
+      <c r="G485" s="17"/>
+      <c r="H485" s="11"/>
+      <c r="I485" s="17"/>
+    </row>
+    <row r="486" spans="1:9" ht="20.25">
+      <c r="A486" s="17"/>
+      <c r="B486" s="15"/>
+      <c r="C486" s="17"/>
+      <c r="D486" s="14"/>
+      <c r="E486" s="17"/>
+      <c r="F486" s="17"/>
+      <c r="G486" s="17"/>
+      <c r="H486" s="11"/>
+      <c r="I486" s="17"/>
+    </row>
+    <row r="487" spans="1:9" ht="20.25">
+      <c r="A487" s="17"/>
+      <c r="B487" s="15"/>
+      <c r="C487" s="17"/>
+      <c r="D487" s="14"/>
+      <c r="E487" s="17"/>
+      <c r="F487" s="17"/>
+      <c r="G487" s="17"/>
+      <c r="H487" s="11"/>
+      <c r="I487" s="17"/>
+    </row>
+    <row r="488" spans="1:9" ht="20.25">
+      <c r="A488" s="17"/>
+      <c r="B488" s="15"/>
+      <c r="C488" s="17"/>
+      <c r="D488" s="14"/>
+      <c r="E488" s="17"/>
+      <c r="F488" s="17"/>
+      <c r="G488" s="17"/>
+      <c r="H488" s="11"/>
+      <c r="I488" s="17"/>
+    </row>
+    <row r="489" spans="1:9" ht="20.25">
+      <c r="A489" s="17"/>
+      <c r="B489" s="15"/>
+      <c r="C489" s="17"/>
+      <c r="D489" s="14"/>
+      <c r="E489" s="17"/>
+      <c r="F489" s="17"/>
+      <c r="G489" s="17"/>
+      <c r="H489" s="11"/>
+      <c r="I489" s="17"/>
+    </row>
+    <row r="490" spans="1:9" ht="20.25">
+      <c r="A490" s="17"/>
+      <c r="B490" s="15"/>
+      <c r="C490" s="17"/>
+      <c r="D490" s="14"/>
+      <c r="E490" s="17"/>
+      <c r="F490" s="17"/>
+      <c r="G490" s="17"/>
+      <c r="H490" s="11"/>
+      <c r="I490" s="17"/>
+    </row>
+    <row r="491" spans="1:9" ht="20.25">
+      <c r="A491" s="17"/>
+      <c r="B491" s="15"/>
+      <c r="C491" s="17"/>
+      <c r="D491" s="14"/>
+      <c r="E491" s="17"/>
+      <c r="F491" s="17"/>
+      <c r="G491" s="17"/>
+      <c r="H491" s="11"/>
+      <c r="I491" s="17"/>
+    </row>
+    <row r="492" spans="1:9" ht="20.25">
+      <c r="A492" s="17"/>
+      <c r="B492" s="15"/>
+      <c r="C492" s="17"/>
+      <c r="D492" s="14"/>
+      <c r="E492" s="17"/>
+      <c r="F492" s="17"/>
+      <c r="G492" s="17"/>
+      <c r="H492" s="11"/>
+      <c r="I492" s="17"/>
+    </row>
+    <row r="493" spans="1:9" ht="20.25">
+      <c r="A493" s="17"/>
+      <c r="B493" s="15"/>
+      <c r="C493" s="17"/>
+      <c r="D493" s="14"/>
+      <c r="E493" s="17"/>
+      <c r="F493" s="17"/>
+      <c r="G493" s="17"/>
+      <c r="H493" s="11"/>
+      <c r="I493" s="17"/>
+    </row>
+    <row r="494" spans="1:9" ht="20.25">
+      <c r="A494" s="17"/>
+      <c r="B494" s="15"/>
+      <c r="C494" s="17"/>
+      <c r="D494" s="14"/>
+      <c r="E494" s="17"/>
+      <c r="F494" s="17"/>
+      <c r="G494" s="17"/>
+      <c r="H494" s="11"/>
+      <c r="I494" s="17"/>
+    </row>
+    <row r="495" spans="1:9" ht="20.25">
+      <c r="A495" s="17"/>
+      <c r="B495" s="15"/>
+      <c r="C495" s="17"/>
+      <c r="D495" s="14"/>
+      <c r="E495" s="17"/>
+      <c r="F495" s="17"/>
+      <c r="G495" s="17"/>
+      <c r="H495" s="11"/>
+      <c r="I495" s="17"/>
+    </row>
+    <row r="496" spans="1:9" ht="20.25">
+      <c r="A496" s="17"/>
+      <c r="B496" s="15"/>
+      <c r="C496" s="17"/>
+      <c r="D496" s="14"/>
+      <c r="E496" s="17"/>
+      <c r="F496" s="17"/>
+      <c r="G496" s="17"/>
+      <c r="H496" s="11"/>
+      <c r="I496" s="17"/>
+    </row>
+    <row r="497" spans="1:9" ht="20.25">
+      <c r="A497" s="17"/>
+      <c r="B497" s="15"/>
+      <c r="C497" s="17"/>
+      <c r="D497" s="14"/>
+      <c r="E497" s="17"/>
+      <c r="F497" s="17"/>
+      <c r="G497" s="17"/>
+      <c r="H497" s="11"/>
+      <c r="I497" s="17"/>
+    </row>
+    <row r="498" spans="1:9" ht="20.25">
+      <c r="A498" s="17"/>
+      <c r="B498" s="15"/>
+      <c r="C498" s="17"/>
+      <c r="D498" s="14"/>
+      <c r="E498" s="17"/>
+      <c r="F498" s="17"/>
+      <c r="G498" s="17"/>
+      <c r="H498" s="11"/>
+      <c r="I498" s="17"/>
+    </row>
+    <row r="499" spans="1:9" ht="20.25">
+      <c r="A499" s="17"/>
+      <c r="B499" s="15"/>
+      <c r="C499" s="17"/>
+      <c r="D499" s="14"/>
+      <c r="E499" s="17"/>
+      <c r="F499" s="17"/>
+      <c r="G499" s="17"/>
+      <c r="H499" s="11"/>
+      <c r="I499" s="17"/>
+    </row>
+    <row r="500" spans="1:9" ht="20.25">
+      <c r="A500" s="17"/>
+      <c r="B500" s="15"/>
+      <c r="C500" s="17"/>
+      <c r="D500" s="14"/>
+      <c r="E500" s="17"/>
+      <c r="F500" s="17"/>
+      <c r="G500" s="17"/>
+      <c r="H500" s="11"/>
+      <c r="I500" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A1:I1"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E3:E1048576" xr:uid="{47EA5E2B-17A5-4C74-BA67-64C3F7BAEC2B}">
       <formula1>8</formula1>
       <formula2>8</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H3:H1048576" xr:uid="{6955E9D7-423A-4C4E-9238-7ADB907BC6BE}">
       <formula1>11</formula1>
       <formula2>11</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <legacyDrawing r:id="rId1"/>
+  <pageSetup paperSize="9" scale="34" orientation="portrait" r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="6">
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{109C6665-2A76-48EC-A385-C364B2DE33EC}">
           <x14:formula1>
             <xm:f>'02.2025 읍면동 종목분류표'!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>B501:B1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F8707C9A-2F34-4AC9-9200-8F94F8D1E674}">
           <x14:formula1>
             <xm:f>'03.성별단복사이즈'!$A$2:$A$3</xm:f>
           </x14:formula1>
           <xm:sqref>D3:D500</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{84CAA875-97DA-4C2A-B86D-D20467E0279A}">
           <x14:formula1>
             <xm:f>'03.성별단복사이즈'!$B$2:$B$9</xm:f>
           </x14:formula1>
           <xm:sqref>I3:I1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E1A70AAE-83E9-44B6-94D8-FF80B5892231}">
           <x14:formula1>
             <xm:f>'01.읍면동 대표계정목록'!$A$2:$A$44</xm:f>
           </x14:formula1>
           <xm:sqref>A3:A1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3E5C625B-55CA-480D-B27F-BA0B5DFC71AC}">
           <x14:formula1>
-            <xm:f>'02.2025 읍면동 종목분류표'!$E$2:$E$136</xm:f>
+            <xm:f>'02.2025 읍면동 종목분류표'!$E$2:$E$85</xm:f>
           </x14:formula1>
-          <xm:sqref>B3:B500</xm:sqref>
+          <xm:sqref>B4:B500</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{92AA423D-E7D5-49BD-A793-A88F2C2E6FB8}">
+          <x14:formula1>
+            <xm:f>'02.2025 읍면동 종목분류표'!$E$2:$E$87</xm:f>
+          </x14:formula1>
+          <xm:sqref>B3</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79F8A443-27B6-411C-A1C7-4BFBA5426965}">
   <dimension ref="A1:A44"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E34" sqref="E34"/>
+      <selection activeCell="C49" sqref="C49"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="16.5"/>
   <cols>
-    <col min="1" max="1" width="31.75" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="31.75" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="A2" s="6" t="s">
+    <row r="1" spans="1:1">
+      <c r="A1" s="4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1">
+      <c r="A2" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1">
+      <c r="A3" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1">
+      <c r="A4" s="3" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A3" s="6" t="s">
+    <row r="5" spans="1:1">
+      <c r="A5" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A4" s="6" t="s">
+    <row r="6" spans="1:1">
+      <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A5" s="6" t="s">
+    <row r="7" spans="1:1">
+      <c r="A7" s="3" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A6" s="6" t="s">
+    <row r="8" spans="1:1">
+      <c r="A8" s="3" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A7" s="6" t="s">
+    <row r="9" spans="1:1">
+      <c r="A9" s="3" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A8" s="6" t="s">
+    <row r="10" spans="1:1">
+      <c r="A10" s="3" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A9" s="6" t="s">
+    <row r="11" spans="1:1">
+      <c r="A11" s="3" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A10" s="6" t="s">
+    <row r="12" spans="1:1">
+      <c r="A12" s="3" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A11" s="6" t="s">
+    <row r="13" spans="1:1">
+      <c r="A13" s="3" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A12" s="6" t="s">
+    <row r="14" spans="1:1">
+      <c r="A14" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="15" spans="1:1">
+      <c r="A15" s="3" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A13" s="6" t="s">
+    <row r="16" spans="1:1">
+      <c r="A16" s="3" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A14" s="6" t="s">
+    <row r="17" spans="1:1">
+      <c r="A17" s="3" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A15" s="6" t="s">
+    <row r="18" spans="1:1">
+      <c r="A18" s="3" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A16" s="6" t="s">
+    <row r="19" spans="1:1">
+      <c r="A19" s="3" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A17" s="6" t="s">
+    <row r="20" spans="1:1">
+      <c r="A20" s="3" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A18" s="6" t="s">
+    <row r="21" spans="1:1">
+      <c r="A21" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:1">
+      <c r="A22" s="3" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A19" s="6" t="s">
+    <row r="23" spans="1:1">
+      <c r="A23" s="3" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A20" s="6" t="s">
+    <row r="24" spans="1:1">
+      <c r="A24" s="3" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A21" s="6" t="s">
+    <row r="25" spans="1:1">
+      <c r="A25" s="3" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A22" s="6" t="s">
+    <row r="26" spans="1:1">
+      <c r="A26" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="27" spans="1:1">
+      <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A23" s="6" t="s">
+    <row r="28" spans="1:1">
+      <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A24" s="6" t="s">
+    <row r="29" spans="1:1">
+      <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A25" s="6" t="s">
+    <row r="30" spans="1:1">
+      <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A26" s="6" t="s">
+    <row r="31" spans="1:1">
+      <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A27" s="6" t="s">
+    <row r="32" spans="1:1">
+      <c r="A32" s="3" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A28" s="6" t="s">
+    <row r="33" spans="1:1">
+      <c r="A33" s="3" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A29" s="6" t="s">
+    <row r="34" spans="1:1">
+      <c r="A34" s="3" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A30" s="6" t="s">
+    <row r="35" spans="1:1">
+      <c r="A35" s="3" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A31" s="6" t="s">
+    <row r="36" spans="1:1">
+      <c r="A36" s="3" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A32" s="6" t="s">
+    <row r="37" spans="1:1">
+      <c r="A37" s="3" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A33" s="6" t="s">
+    <row r="38" spans="1:1">
+      <c r="A38" s="3" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="39" spans="1:1">
+      <c r="A39" s="3" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A34" s="6" t="s">
+    <row r="40" spans="1:1">
+      <c r="A40" s="3" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A35" s="6" t="s">
+    <row r="41" spans="1:1">
+      <c r="A41" s="3" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A36" s="6" t="s">
+    <row r="42" spans="1:1">
+      <c r="A42" s="3" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A37" s="6" t="s">
+    <row r="43" spans="1:1">
+      <c r="A43" s="3" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
-[...31 lines deleted...]
-        <v>81</v>
+    <row r="44" spans="1:1">
+      <c r="A44" s="3" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="2UyrcAXtRQY/LnsKL9RX7WemZJtB3Cmpj8ye9LSvfUZznMQgMUtJ/KJLUl7EgcN8lXrSoSPmOt7Vv+D037UC6A==" saltValue="2a8WnLMGAxpE+l49B8ON7A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="2C74WP5TUCMcVeUC3mllUCimMtTkaNLlsic3M1WxA8ViedTanA85sEkjDn3BIigrL9wl3plYhl/PKpSHFQwnLA==" saltValue="jdCrXIaDxgRgvpP3mxZJLA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7D529C0-FC14-4CEF-B9FE-D107365D50E7}">
-  <dimension ref="A1:E136"/>
+  <dimension ref="A1:E87"/>
   <sheetViews>
-    <sheetView topLeftCell="A105" workbookViewId="0">
-      <selection activeCell="D150" sqref="D150"/>
+    <sheetView topLeftCell="A59" workbookViewId="0">
+      <selection activeCell="C97" sqref="C97"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="16.5"/>
   <cols>
     <col min="1" max="1" width="18.625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24.25" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="38.875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="82.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B1" s="4" t="s">
+      <c r="B1" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C1" s="4" t="s">
+      <c r="C1" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="E1" s="1" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A2" s="5" t="s">
+    <row r="2" spans="1:5">
+      <c r="A2" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="B2" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="E2" s="2" t="str">
+        <f>A2&amp;" ▶ "&amp;B2&amp;" ▶ "&amp;C2&amp;" ▶ "&amp;D2</f>
+        <v>당구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ (시범종목) 캐롬 3쿠션 일반부 개인전</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="E3" s="2" t="str">
+        <f t="shared" ref="E3:E66" si="0">A3&amp;" ▶ "&amp;B3&amp;" ▶ "&amp;C3&amp;" ▶ "&amp;D3</f>
+        <v>당구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ (시범종목) 캐롬 3쿠션 일반부 단체전</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="B2" s="7" t="s">
-[...14 lines deleted...]
-      <c r="A3" s="5" t="s">
+      <c r="B4" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>배구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 단체전</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>배구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 단체전</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="5" t="s">
-[...9 lines deleted...]
-        <f t="shared" ref="E3:E66" si="0">A3&amp;" ▶ "&amp;B3&amp;" ▶ "&amp;C3&amp;" ▶ "&amp;D3</f>
+      <c r="B6" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E6" s="2" t="str">
+        <f t="shared" si="0"/>
         <v>배드민턴 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 개인전(남자복식)</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A4" s="5" t="s">
+    <row r="7" spans="1:5">
+      <c r="A7" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E4" s="5" t="str">
+      <c r="B7" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E7" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>배드민턴 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 개인전(여자복식)</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>배드민턴 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 개인전(혼합복식)</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" s="2" t="str">
         <f t="shared" si="0"/>
         <v>배드민턴 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 단체전(남자5복식)</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A5" s="5" t="s">
+    <row r="10" spans="1:5">
+      <c r="A10" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="B10" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...41 lines deleted...]
-      <c r="E7" s="5" t="str">
+      <c r="E10" s="2" t="str">
         <f t="shared" si="0"/>
         <v>배드민턴 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 단체전(여자5복식)</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A8" s="5" t="s">
+    <row r="11" spans="1:5">
+      <c r="A11" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E8" s="5" t="str">
+      <c r="B11" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 개인전</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="5" t="s">
+    <row r="12" spans="1:5">
+      <c r="A12" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E9" s="5" t="str">
+      <c r="B12" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 2인조전</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A10" s="5" t="s">
+    <row r="13" spans="1:5">
+      <c r="A13" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="5" t="s">
+      <c r="B13" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="5" t="str">
+      <c r="E13" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 4인조전</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A11" s="5" t="s">
+    <row r="14" spans="1:5">
+      <c r="A14" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E11" s="5" t="str">
+      <c r="B14" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 개인종합</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A12" s="5" t="s">
+    <row r="15" spans="1:5">
+      <c r="A15" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E12" s="5" t="str">
+      <c r="B15" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 마스터즈</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A13" s="5" t="s">
+    <row r="16" spans="1:5">
+      <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E13" s="5" t="str">
+      <c r="B16" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 개인전</v>
       </c>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A14" s="5" t="s">
+    <row r="17" spans="1:5">
+      <c r="A17" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E14" s="5" t="str">
+      <c r="B17" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 2인조전</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A15" s="5" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B15" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E15" s="5" t="str">
+      <c r="B18" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="E18" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 4인조전</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A16" s="5" t="s">
+    <row r="19" spans="1:5">
+      <c r="A19" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B16" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E16" s="5" t="str">
+      <c r="B19" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E19" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 개인종합</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A17" s="5" t="s">
+    <row r="20" spans="1:5">
+      <c r="A20" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E17" s="5" t="str">
+      <c r="B20" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E20" s="2" t="str">
         <f t="shared" si="0"/>
         <v>볼링 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 마스터즈</v>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A18" s="5" t="s">
+    <row r="21" spans="1:5">
+      <c r="A21" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E18" s="5" t="str">
+      <c r="B21" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(1G 19~29세) 계영(200m)</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="E22" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(1G 19~29세) 배영(50m)</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" s="2" t="str">
         <f t="shared" si="0"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(1G 19~29세) 자유형(50m)</v>
       </c>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A19" s="5" t="s">
+    <row r="24" spans="1:5">
+      <c r="A24" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E19" s="5" t="str">
+      <c r="B24" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="E24" s="2" t="str">
         <f t="shared" si="0"/>
-        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(1G 19~29세) 자유형(100m)</v>
-[...3 lines deleted...]
-      <c r="A20" s="5" t="s">
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(1G 19~29세) 접영(50m)</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E20" s="5" t="str">
+      <c r="B25" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="E25" s="2" t="str">
         <f t="shared" si="0"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(1G 19~29세) 평영(50m)</v>
       </c>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A21" s="5" t="s">
+    <row r="26" spans="1:5">
+      <c r="A26" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...98 lines deleted...]
-      <c r="E26" s="5" t="str">
+      <c r="B26" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="E26" s="2" t="str">
         <f t="shared" si="0"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(1G 19~29세) 혼계영(200m)</v>
       </c>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A27" s="5" t="s">
+    <row r="27" spans="1:5">
+      <c r="A27" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B27" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D27" s="5" t="s">
+      <c r="B27" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="E27" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(2G 30~39세) 계영(200m)</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E28" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(2G 30~39세) 배영(50m)</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="E29" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(2G 30~39세) 자유형(50m)</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="E30" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(2G 30~39세) 접영(50m)</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B31" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="E31" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(2G 30~39세) 평영(50m)</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D32" s="8" t="s">
         <v>102</v>
       </c>
-      <c r="E27" s="5" t="str">
+      <c r="E32" s="2" t="str">
         <f t="shared" si="0"/>
-        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(1G 19~29세) 계영(200m)</v>
-[...3 lines deleted...]
-      <c r="A28" s="5" t="s">
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(2G 30~39세) 혼계영(200m)</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B28" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E28" s="5" t="str">
+      <c r="B33" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="E33" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(3G 40~49세) 계영(200m)</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B34" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="E34" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(3G 40~49세) 배영(50m)</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B35" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="E35" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(3G 40~49세) 자유형(50m)</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B36" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="E36" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(3G 40~49세) 접영(50m)</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B37" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="E37" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(3G 40~49세) 평영(50m)</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="E38" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(3G 40~49세) 혼계영(200m)</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B39" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="E39" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(4G 50세 이상) 계영(200m)</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="E40" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(4G 50세 이상) 배영(50m)</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B41" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="E41" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(4G 50세 이상) 자유형(50m)</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="E42" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(4G 50세 이상) 접영(50m)</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B43" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="E43" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(4G 50세 이상) 평영(50m)</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="E44" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(4G 50세 이상) 혼계영(200m)</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="E45" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(1G 19~29세) 계영(200m)</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="A46" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B46" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="E46" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(1G 19~29세) 배영(50m)</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="E47" s="2" t="str">
         <f t="shared" si="0"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(1G 19~29세) 자유형(50m)</v>
       </c>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A29" s="5" t="s">
+    <row r="48" spans="1:5">
+      <c r="A48" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B29" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E29" s="5" t="str">
+      <c r="B48" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="E48" s="2" t="str">
         <f t="shared" si="0"/>
-        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(1G 19~29세) 자유형(100m)</v>
-[...3 lines deleted...]
-      <c r="A30" s="5" t="s">
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(1G 19~29세) 접영(50m)</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E30" s="5" t="str">
+      <c r="B49" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="E49" s="2" t="str">
         <f t="shared" si="0"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(1G 19~29세) 평영(50m)</v>
       </c>
     </row>
-    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A31" s="5" t="s">
+    <row r="50" spans="1:5">
+      <c r="A50" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B31" s="5" t="s">
-[...98 lines deleted...]
-      <c r="E36" s="5" t="str">
+      <c r="B50" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="E50" s="2" t="str">
         <f t="shared" si="0"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(1G 19~29세) 혼계영(200m)</v>
       </c>
     </row>
-    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A37" s="5" t="s">
+    <row r="51" spans="1:5">
+      <c r="A51" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B37" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E37" s="5" t="str">
+      <c r="B51" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="E51" s="2" t="str">
         <f t="shared" si="0"/>
-        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(1G 19~29세) 계영(200m)</v>
-[...3 lines deleted...]
-      <c r="A38" s="5" t="s">
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(2G 30~39세) 계영(200m)</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5">
+      <c r="A52" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E38" s="5" t="str">
+      <c r="B52" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D52" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="E52" s="2" t="str">
         <f t="shared" si="0"/>
-        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경영(2G 30~39세) 자유형(50m)</v>
-[...3 lines deleted...]
-      <c r="A39" s="5" t="s">
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(2G 30~39세) 배영(50m)</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B39" s="5" t="s">
-[...170 lines deleted...]
-      <c r="E48" s="5" t="str">
+      <c r="B53" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="E53" s="2" t="str">
         <f t="shared" si="0"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(2G 30~39세) 자유형(50m)</v>
       </c>
     </row>
-    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A49" s="5" t="s">
+    <row r="54" spans="1:5">
+      <c r="A54" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B49" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E49" s="5" t="str">
+      <c r="B54" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="E54" s="2" t="str">
         <f t="shared" si="0"/>
-        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(2G 30~39세) 자유형(100m)</v>
-[...3 lines deleted...]
-      <c r="A50" s="5" t="s">
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(2G 30~39세) 접영(50m)</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
+      <c r="A55" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E50" s="5" t="str">
+      <c r="B55" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="E55" s="2" t="str">
         <f t="shared" si="0"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(2G 30~39세) 평영(50m)</v>
       </c>
     </row>
-    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A51" s="5" t="s">
+    <row r="56" spans="1:5">
+      <c r="A56" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B51" s="5" t="s">
-[...98 lines deleted...]
-      <c r="E56" s="5" t="str">
+      <c r="B56" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="E56" s="2" t="str">
         <f t="shared" si="0"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(2G 30~39세) 혼계영(200m)</v>
       </c>
     </row>
-    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A57" s="5" t="s">
+    <row r="57" spans="1:5">
+      <c r="A57" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B57" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D57" s="5" t="s">
+      <c r="B57" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="E57" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(3G 40~49세) 계영(200m)</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B58" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="E58" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(3G 40~49세) 배영(50m)</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="A59" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B59" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="E59" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(3G 40~49세) 자유형(50m)</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5">
+      <c r="A60" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="E60" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(3G 40~49세) 접영(50m)</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B61" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="E61" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(3G 40~49세) 평영(50m)</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
+      <c r="A62" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B62" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="E62" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(3G 40~49세) 혼계영(200m)</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B63" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="E63" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(4G 50세 이상) 계영(200m)</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5">
+      <c r="A64" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B64" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="E64" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(4G 50세 이상) 배영(50m)</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B65" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D65" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="E65" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(4G 50세 이상) 자유형(50m)</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B66" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="E66" s="2" t="str">
+        <f t="shared" si="0"/>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(4G 50세 이상) 접영(50m)</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B67" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D67" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="E67" s="2" t="str">
+        <f t="shared" ref="E67:E87" si="1">A67&amp;" ▶ "&amp;B67&amp;" ▶ "&amp;C67&amp;" ▶ "&amp;D67</f>
+        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(4G 50세 이상) 평영(50m)</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B68" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D68" s="8" t="s">
         <v>132</v>
       </c>
-      <c r="E57" s="5" t="str">
-[...701 lines deleted...]
-      <c r="E96" s="5" t="str">
+      <c r="E68" s="2" t="str">
         <f t="shared" si="1"/>
         <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(4G 50세 이상) 혼계영(200m)</v>
       </c>
     </row>
-    <row r="97" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E97" s="5" t="str">
+    <row r="69" spans="1:5">
+      <c r="A69" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="E69" s="2" t="str">
         <f t="shared" si="1"/>
-        <v>수영 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 경영(4G 50세 이상) 계영(200m)</v>
-[...3 lines deleted...]
-      <c r="A98" s="5" t="s">
+        <v>씨름 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 단체전(남자 90kg이하)</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5">
+      <c r="A70" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="B98" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E98" s="5" t="str">
+      <c r="B70" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="E70" s="2" t="str">
         <f t="shared" si="1"/>
-        <v>씨름 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 경장급(75kg 이하)</v>
-[...3 lines deleted...]
-      <c r="A99" s="5" t="s">
+        <v>씨름 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 단체전(남자 90kg이상)</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="B99" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E99" s="5" t="str">
+      <c r="B71" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="E71" s="2" t="str">
         <f t="shared" si="1"/>
-        <v>씨름 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 소장급(80kg 이하)</v>
-[...147 lines deleted...]
-      <c r="A108" s="5" t="s">
+        <v>씨름 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 단체전(여자 80kg이하)</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="B108" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E108" s="5" t="str">
+      <c r="B72" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D72" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E72" s="2" t="str">
         <f t="shared" si="1"/>
         <v>야구소프트볼 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 단체전</v>
       </c>
     </row>
-    <row r="109" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A109" s="5" t="s">
+    <row r="73" spans="1:5">
+      <c r="A73" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B109" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E109" s="5" t="str">
+      <c r="B73" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="E73" s="2" t="str">
         <f t="shared" si="1"/>
-        <v>육상 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남(30대 이하) 트랙(100m)</v>
-[...3 lines deleted...]
-      <c r="A110" s="5" t="s">
+        <v>육상 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 마라톤 10km</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="A74" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B110" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E110" s="5" t="str">
+      <c r="B74" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="E74" s="2" t="str">
         <f t="shared" si="1"/>
-        <v>육상 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남(30대 이하) 트랙(400m)</v>
-[...231 lines deleted...]
-      <c r="E123" s="5" t="str">
+        <v>육상 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 마라톤 10km</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="B75" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="E75" s="2" t="str">
         <f t="shared" si="1"/>
         <v>줄넘기(민속경기) ▶ 일반부 ▶ 읍·면·동 대항 ▶ 단체전</v>
       </c>
     </row>
-    <row r="124" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E124" s="5" t="str">
+    <row r="76" spans="1:5">
+      <c r="A76" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E76" s="2" t="str">
         <f t="shared" si="1"/>
         <v>줄다리기(민속경기) ▶ 일반부 ▶ 읍·면·동 대항 ▶ 단체전</v>
       </c>
     </row>
-    <row r="125" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A125" s="5" t="s">
+    <row r="77" spans="1:5">
+      <c r="A77" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B125" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E125" s="5" t="str">
+      <c r="B77" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="E77" s="2" t="str">
         <f t="shared" si="1"/>
-        <v>축구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 청년부 단체전</v>
-[...3 lines deleted...]
-      <c r="A126" s="5" t="s">
+        <v>축구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 노장부(50대) 단체전</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B126" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E126" s="5" t="str">
+      <c r="B78" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="E78" s="2" t="str">
+        <f t="shared" si="1"/>
+        <v>축구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 실버부(60대) 단체전</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5">
+      <c r="A79" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B79" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="E79" s="2" t="str">
         <f t="shared" si="1"/>
         <v>축구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 장년부(30, 40대) 단체전</v>
       </c>
     </row>
-    <row r="127" spans="1:5" x14ac:dyDescent="0.3">
-[...36 lines deleted...]
-      <c r="A129" s="5" t="s">
+    <row r="80" spans="1:5">
+      <c r="A80" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B129" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E129" s="5" t="str">
+      <c r="B80" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="E80" s="2" t="str">
         <f t="shared" si="1"/>
         <v>탁구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 개인전 단식</v>
       </c>
     </row>
-    <row r="130" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A130" s="5" t="s">
+    <row r="81" spans="1:5">
+      <c r="A81" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B130" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E130" s="5" t="str">
+      <c r="B81" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="E81" s="2" t="str">
         <f t="shared" si="1"/>
         <v>탁구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 개인전 복식</v>
       </c>
     </row>
-    <row r="131" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A131" s="5" t="s">
+    <row r="82" spans="1:5">
+      <c r="A82" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B131" s="5" t="s">
-[...9 lines deleted...]
-        <f t="shared" ref="E131:E136" si="2">A131&amp;" ▶ "&amp;B131&amp;" ▶ "&amp;C131&amp;" ▶ "&amp;D131</f>
+      <c r="B82" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E82" s="2" t="str">
+        <f t="shared" si="1"/>
         <v>탁구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남 단체전</v>
       </c>
     </row>
-    <row r="132" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A132" s="5" t="s">
+    <row r="83" spans="1:5">
+      <c r="A83" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B132" s="5" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="B83" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C83" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="E83" s="2" t="str">
+        <f t="shared" si="1"/>
         <v>탁구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 개인전 단식</v>
       </c>
     </row>
-    <row r="133" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A133" s="5" t="s">
+    <row r="84" spans="1:5">
+      <c r="A84" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B133" s="5" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="B84" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D84" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="E84" s="2" t="str">
+        <f t="shared" si="1"/>
         <v>탁구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 개인전 복식</v>
       </c>
     </row>
-    <row r="134" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A134" s="5" t="s">
+    <row r="85" spans="1:5">
+      <c r="A85" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B134" s="5" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="B85" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D85" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E85" s="2" t="str">
+        <f t="shared" si="1"/>
         <v>탁구 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여 단체전</v>
       </c>
     </row>
-    <row r="135" spans="1:5" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <f t="shared" si="2"/>
+    <row r="86" spans="1:5">
+      <c r="A86" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B86" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D86" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="E86" s="2" t="str">
+        <f t="shared" si="1"/>
         <v>테니스 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 남자 복식</v>
       </c>
     </row>
-    <row r="136" spans="1:5" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <f t="shared" si="2"/>
+    <row r="87" spans="1:5">
+      <c r="A87" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B87" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D87" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="E87" s="2" t="str">
+        <f t="shared" si="1"/>
         <v>테니스 ▶ 일반부 ▶ 읍·면·동 대항 ▶ 여자 복식</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ZKMXFcBj0/AwyL6V2k6qxogp0klydVNTnerFxJaORMLh6ssqLfdOa91H1UkxTxyneJE7wgi7WKnGA8V23bAf7A==" saltValue="OrUzkSEJ+0vHXFfqm7pYLA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...2 lines deleted...]
-      <sortCondition ref="A1:A136"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="NqS/CNIc6qS4aYRuUdE+rH+LFDZe09Hyc6hftcglvD+Ps7Ir5Jz1NCy6InGosSLSGfJrev9yxwp9Plq05b4QPA==" saltValue="jDOzQcd3gkRjMftmvie+oQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <autoFilter ref="A1:D85" xr:uid="{C7D529C0-FC14-4CEF-B9FE-D107365D50E7}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D85">
+      <sortCondition ref="A1:A85"/>
     </sortState>
   </autoFilter>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D136">
-[...3 lines deleted...]
-    <sortCondition ref="D2:D136"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D85">
+    <sortCondition ref="A2:A85"/>
+    <sortCondition ref="B2:B85"/>
+    <sortCondition ref="C2:C85"/>
+    <sortCondition ref="D2:D85"/>
   </sortState>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9D1021B-757C-44EA-B49A-A83049B4C642}">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F23" sqref="F23"/>
+      <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="16.5"/>
   <cols>
     <col min="2" max="2" width="11.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:2">
+      <c r="A1" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="11" t="s">
+      <c r="B1" s="4" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2">
+      <c r="A2" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="6">
+      <c r="B2" s="3">
         <v>85</v>
       </c>
     </row>
-    <row r="3" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A3" s="11" t="s">
+    <row r="3" spans="1:2">
+      <c r="A3" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B3" s="6">
+      <c r="B3" s="3">
         <v>90</v>
       </c>
     </row>
-    <row r="4" spans="1:2" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B4" s="6">
+    <row r="4" spans="1:2">
+      <c r="A4" s="5"/>
+      <c r="B4" s="3">
         <v>95</v>
       </c>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="B5" s="6">
+    <row r="5" spans="1:2">
+      <c r="B5" s="3">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="B6" s="6">
+    <row r="6" spans="1:2">
+      <c r="B6" s="3">
         <v>105</v>
       </c>
     </row>
-    <row r="7" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="B7" s="6">
+    <row r="7" spans="1:2">
+      <c r="B7" s="3">
         <v>110</v>
       </c>
     </row>
-    <row r="8" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="B8" s="6">
+    <row r="8" spans="1:2">
+      <c r="B8" s="3">
         <v>115</v>
       </c>
     </row>
-    <row r="9" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="B9" s="6">
+    <row r="9" spans="1:2">
+      <c r="B9" s="3">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="/iHZr7Twn0JXikfVCtp0xxVy62ttoPfJBjytN2erz6rVWKIZogpZN1SFYIW9wpnXdQLUL/OgYzum/JEhErRw+g==" saltValue="ZfpgauXDN4/ueNJQhxwJSg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B U D A A B Q S w M E F A A C A A g A 4 o V G W l / M V S S l A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 9 D o I w A I W v Q r r T H x g E U s r g q C R G E + P a 1 A o N 0 B p a L H d z 8 E h e Q Y y i b o 7 v e 9 / w 3 v 1 6 o 8 X Y t c F F 9 l Y Z n Q M C M Q i k F u a o d J W D w Z 3 C B B S M b r h o e C W D S d Y 2 G + 0 x B 7 V z 5 w w h 7 z 3 0 M T R 9 h S K M C T q U 6 5 2 o Z c f B R 1 b / 5 V B p 6 7 g W E j C 6 f 4 1 h E S R x C k m y S C G m a K a 0 V P p r R N P g Z / s D 6 X J o 3 d B L 1 p h w t a V o j h S 9 T 7 A H U E s D B B Q A A g A I A O K F R l o P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A D i h U Z a K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A D i h U Z a X 8 x V J K U A A A D 3 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A 4 o V G W g / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 Q A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D i h U Z a K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D i A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 9 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A o 8 0 K H C 0 Q L E m E r f m T N M u n 3 w A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A D A X x x O I s 9 m k X A f i p 3 V C p y / e 3 + l G / M h B G r 0 N j L Z 0 q + b F A A A A A A O g A A A A A I A A C A A A A A S N 9 5 G P g G u z t o 7 C t O k g W m / C 7 E H l z 5 w B Y w 0 4 6 T w U i o 4 I F A A A A A O 7 F y F 8 o t 6 0 w 5 K G k e r 9 9 c X z F d L Q K 1 c 7 Q c X 7 k b A M e y y h E C B z r H C 9 I / 5 n n 8 d r w + t F 0 H Y m J e x R T 5 N X 7 4 / A Z t f 6 o z Z w a e x n j w T i i 1 m q J q L 4 p B X I k A A A A B v V r F k m f i N N f d S 0 z 8 X l H S d z 2 j e o V B h W 2 5 R + H h N o b z U K H I 4 I J E Q I 5 F G m M t r s Y R M L 1 l J m f o r n M Y 5 q P a Z r f q t 6 K S 3 < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{712719FA-1772-4C0C-AF1B-7A5CBDB091EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 